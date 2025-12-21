--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -5,96 +5,86 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="287">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>170-000-380-0</t>
   </si>
   <si>
     <t>BROOKS RICHARD D</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
     <t xml:space="preserve">1210 S RIVERVIEW RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>170-000-970-1</t>
-[...8 lines deleted...]
-  <si>
     <t>170-001-640-0</t>
   </si>
   <si>
     <t>TRAVIS RAYMOND S JR &amp; SHERRY L</t>
   </si>
   <si>
     <t xml:space="preserve">S R 266  SD 9
 </t>
   </si>
   <si>
     <t>170-001-760-0</t>
   </si>
   <si>
     <t>CAIN CARLOS C JR &amp; VERONICA L ROBINSON C/O CARLOS C CAIN JR</t>
   </si>
   <si>
     <t xml:space="preserve">5415 LIGHTNER RIDGE RD  
 STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>170-001-940-0</t>
   </si>
   <si>
     <t>STANLEY CHERYL</t>
   </si>
@@ -256,75 +246,68 @@
   </si>
   <si>
     <t>17000690</t>
   </si>
   <si>
     <t>LEMLEY ROSA N</t>
   </si>
   <si>
     <t>170-007-420-0</t>
   </si>
   <si>
     <t>HOUSTON WILLIAM G</t>
   </si>
   <si>
     <t xml:space="preserve">2635 SYCAMORE LN  
 STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>170-007-430-0</t>
   </si>
   <si>
     <t xml:space="preserve">2589 SYCAMORE LN  
 STOCKPORT OH 43787</t>
   </si>
   <si>
-    <t>170-007-640-0</t>
-[...5 lines deleted...]
-  <si>
     <t>170-007-810-0</t>
   </si>
   <si>
     <t>CATRON WILLA J</t>
   </si>
   <si>
     <t xml:space="preserve">5680 LIGHTNER RIDGE RD  
 STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>170-007-990-0</t>
   </si>
   <si>
-    <t>COLEMAN RONALD L &amp; DIXIE D</t>
-[...3 lines deleted...]
-</t>
+    <t>WAGNER DEANE RANDALL &amp; REBEKAH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCOTT RD  
+STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>170-008-310-0</t>
   </si>
   <si>
     <t>LEOPOLD TIMOTHY L</t>
   </si>
   <si>
     <t xml:space="preserve">S R 266  
 </t>
   </si>
   <si>
     <t>170-008-330-1</t>
   </si>
   <si>
     <t xml:space="preserve">5855 OLNEY RUN RD  
 </t>
   </si>
   <si>
     <t>170-008-340-1</t>
   </si>
   <si>
     <t xml:space="preserve">OLNEY RUN RD  
 </t>
   </si>
@@ -481,84 +464,68 @@
   <si>
     <t>MCMILLEN LONNIE &amp; KYRA</t>
   </si>
   <si>
     <t xml:space="preserve">4790 SCHILLING DRIVE  LOT 8
 </t>
   </si>
   <si>
     <t>170-014-280-9</t>
   </si>
   <si>
     <t xml:space="preserve">ASH RD LOT 9 FR 28
 </t>
   </si>
   <si>
     <t>170-015-210-0</t>
   </si>
   <si>
     <t>COMPTON JAMES F &amp; SARA D</t>
   </si>
   <si>
     <t xml:space="preserve">670 S R 266  
 </t>
   </si>
   <si>
-    <t>17001530</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">ERVIN LN  
+    <t>170-015-750-0</t>
+  </si>
+  <si>
+    <t>DAVIS JUNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOHNSON RIDGE RD  SD 6
+</t>
+  </si>
+  <si>
+    <t>170-015-790-1</t>
+  </si>
+  <si>
+    <t>SAGER ANGELA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3899 SALT WORKS HILL RD  
 STOCKPORT OH 43787</t>
-  </si>
-[...18 lines deleted...]
-</t>
   </si>
   <si>
     <t>170-016-270-0</t>
   </si>
   <si>
     <t xml:space="preserve">3609 EAST RIVER RD  SD 2
 </t>
   </si>
   <si>
     <t>170-017-440-3</t>
   </si>
   <si>
     <t>CORBIN JERRY L</t>
   </si>
   <si>
     <t xml:space="preserve">6401 LIGHTNER RIDGE RD  
 STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>170-017-790-0</t>
   </si>
   <si>
     <t>SCHELLHAAS JAMES L III</t>
   </si>
   <si>
@@ -1011,2320 +978,2240 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F112" headerRowCount="1">
-  <autoFilter ref="A1:F112"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F108" headerRowCount="1">
+  <autoFilter ref="A1:F108"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=31484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30413&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25268&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=31484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=23987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=24943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30413&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=25268&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F112"/>
+  <dimension ref="A1:F108"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="60.297264099121094" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="24.03573989868164" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>946.94</v>
+        <v>972.19</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>752.73</v>
+        <v>100.95</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>98.34</v>
+        <v>2753.53</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>2682.01</v>
+        <v>551.87</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>537.54</v>
+        <v>2457.75</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>2393.93</v>
+        <v>615.61</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="1" t="s">
-        <v>28</v>
+      <c r="D8" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E8" s="3">
-        <v>599.62</v>
+        <v>373.73</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>364.03</v>
+        <v>1321.09</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="3">
-        <v>1286.79</v>
+        <v>60.98</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>59.4</v>
+        <v>604.32</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>588.63</v>
+        <v>315.12</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="1" t="s">
-        <v>42</v>
+      <c r="D13" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E13" s="3">
-        <v>306.94</v>
+        <v>2102.3</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>2047.71</v>
+        <v>1536.69</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="3">
-        <v>1496.8</v>
+        <v>4.85</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="3">
-        <v>4.72</v>
+        <v>26.67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>25.98</v>
+        <v>2.7</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="3">
-        <v>2.63</v>
+        <v>2.4</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="3">
-        <v>2.34</v>
+        <v>532.29</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D20" s="1" t="s">
-        <v>61</v>
+      <c r="D20" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E20" s="3">
-        <v>518.47</v>
+        <v>2253.97</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E21" s="3">
-        <v>2195.44</v>
+        <v>898.98</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E22" s="3">
-        <v>875.64</v>
+        <v>313.11</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E23" s="3">
-        <v>304.98</v>
+        <v>548.56</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E24" s="3">
-        <v>534.31</v>
+        <v>719.62</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="3">
-        <v>700.94</v>
+        <v>945.24</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="3">
-        <v>920.68</v>
+        <v>777.4</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="3">
-        <v>757.21</v>
+        <v>1883.09</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E28" s="3">
-        <v>140.2</v>
+        <v>60.72</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E29" s="3">
-        <v>1834.17</v>
+        <v>13.41</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="3">
-        <v>59.14</v>
+        <v>48.27</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B31" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>13.06</v>
+        <v>18.11</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="3">
-        <v>47.02</v>
+        <v>12580.95</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D33" s="1" t="s">
-        <v>91</v>
+      <c r="D33" s="0" t="s">
+        <v>92</v>
       </c>
       <c r="E33" s="3">
-        <v>17.64</v>
+        <v>15.81</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E34" s="3">
-        <v>12254.17</v>
+        <v>802.5</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="E35" s="3">
-        <v>15.4</v>
+        <v>1872.12</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="3">
-        <v>830.36</v>
+        <v>123.13</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D37" s="0" t="s">
-        <v>25</v>
+      <c r="D37" s="1" t="s">
+        <v>103</v>
       </c>
       <c r="E37" s="3">
-        <v>1823.51</v>
+        <v>174.3</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="3">
-        <v>119.93</v>
+        <v>131.03</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="3">
-        <v>169.78</v>
+        <v>611.79</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D40" s="1" t="s">
-        <v>110</v>
+      <c r="D40" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E40" s="3">
-        <v>127.63</v>
+        <v>497.2</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D41" s="1" t="s">
-        <v>113</v>
+      <c r="D41" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E41" s="3">
-        <v>795.9</v>
+        <v>2840.23</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="3">
-        <v>484.29</v>
+        <v>1506.45</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B43" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="3">
-        <v>2766.48</v>
+        <v>37.45</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B44" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>1467.32</v>
+        <v>62</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E45" s="3">
-        <v>36.48</v>
+        <v>1017.34</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>124</v>
+        <v>55</v>
       </c>
       <c r="E46" s="3">
-        <v>60.39</v>
+        <v>255.11</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="3">
-        <v>990.92</v>
+        <v>348.48</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>248.49</v>
+        <v>94.31</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D49" s="1" t="s">
-        <v>132</v>
+      <c r="D49" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E49" s="3">
-        <v>339.43</v>
+        <v>373.73</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="3">
-        <v>91.86</v>
+        <v>506.28</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B51" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="3">
-        <v>364.03</v>
+        <v>373.99</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E52" s="3">
-        <v>493.13</v>
+        <v>229</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E53" s="3">
-        <v>364.28</v>
+        <v>178.39</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E54" s="3">
-        <v>223.05</v>
+        <v>1266.62</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D55" s="0" t="s">
-        <v>25</v>
+      <c r="D55" s="1" t="s">
+        <v>147</v>
       </c>
       <c r="E55" s="3">
-        <v>2207.56</v>
+        <v>77.23</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E56" s="3">
-        <v>95.51</v>
+        <v>90.01</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E57" s="3">
-        <v>173.75</v>
+        <v>315.62</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E58" s="3">
-        <v>1233.72</v>
+        <v>335.13</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>21</v>
+        <v>152</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E59" s="3">
-        <v>75.22</v>
+        <v>303.11</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="3">
-        <v>87.67</v>
+        <v>108.33</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="3">
-        <v>307.42</v>
+        <v>722.79</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E62" s="3">
-        <v>326.42</v>
+        <v>67.16</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E63" s="3">
-        <v>295.23</v>
+        <v>22.97</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="1" t="s">
-        <v>169</v>
+      <c r="D64" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E64" s="3">
-        <v>105.52</v>
+        <v>640.96</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="3">
-        <v>704.02</v>
+        <v>161.44</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" s="3">
-        <v>65.42</v>
+        <v>886.23</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E67" s="3">
-        <v>22.38</v>
+        <v>461.99</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D68" s="0" t="s">
-        <v>25</v>
+      <c r="D68" s="1" t="s">
+        <v>179</v>
       </c>
       <c r="E68" s="3">
-        <v>624.32</v>
+        <v>2568.59</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69" s="3">
-        <v>157.25</v>
+        <v>1197.05</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E70" s="3">
-        <v>863.21</v>
+        <v>8.59</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D71" s="1" t="s">
-        <v>186</v>
+      <c r="D71" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E71" s="3">
-        <v>449.99</v>
+        <v>120.6</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D72" s="1" t="s">
-        <v>189</v>
+      <c r="D72" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E72" s="3">
-        <v>2501.88</v>
+        <v>373.73</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D73" s="1" t="s">
-        <v>189</v>
+      <c r="D73" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E73" s="3">
-        <v>1165.96</v>
+        <v>2266.41</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D74" s="1" t="s">
-        <v>194</v>
+      <c r="D74" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="E74" s="3">
-        <v>8.37</v>
+        <v>46.17</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E75" s="3">
-        <v>117.47</v>
+        <v>2013.21</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E76" s="3">
-        <v>364.03</v>
+        <v>313.11</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E77" s="3">
-        <v>2207.56</v>
+        <v>373.73</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E78" s="3">
-        <v>44.97</v>
+        <v>852.87</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E79" s="3">
-        <v>1960.93</v>
+        <v>112.9</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="B80" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E80" s="3">
-        <v>304.98</v>
+        <v>346.42</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B81" s="0" t="s">
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C81" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" s="3">
-        <v>364.03</v>
+        <v>1997.37</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>25</v>
+        <v>211</v>
       </c>
       <c r="E82" s="3">
-        <v>830.73</v>
+        <v>769.32</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="E83" s="3">
-        <v>109.97</v>
+        <v>2409.76</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E84" s="3">
-        <v>337.42</v>
+        <v>198.69</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E85" s="3">
-        <v>1945.49</v>
+        <v>248.93</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E86" s="3">
-        <v>749.33</v>
+        <v>15.79</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E87" s="3">
-        <v>2347.17</v>
+        <v>772.76</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E88" s="3">
-        <v>193.53</v>
+        <v>12.63</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E89" s="3">
-        <v>242.45</v>
+        <v>402.36</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E90" s="3">
-        <v>15.38</v>
+        <v>14.34</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E91" s="3">
-        <v>752.68</v>
+        <v>318.4</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E92" s="3">
-        <v>12.3</v>
+        <v>74.26</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E93" s="3">
-        <v>391.92</v>
+        <v>2605.09</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E94" s="3">
-        <v>13.97</v>
+        <v>417.55</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E95" s="3">
-        <v>310.12</v>
+        <v>10.55</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E96" s="3">
-        <v>72.34</v>
+        <v>25.24</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E97" s="3">
-        <v>2537.42</v>
+        <v>0.1</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E98" s="3">
-        <v>406.7</v>
+        <v>64.44</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E99" s="3">
-        <v>10.28</v>
+        <v>1269.63</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E100" s="3">
-        <v>24.59</v>
+        <v>53.11</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E101" s="3">
-        <v>0.1</v>
+        <v>217.75</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E102" s="3">
-        <v>62.77</v>
+        <v>37.55</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E103" s="3">
-        <v>1236.65</v>
+        <v>385.14</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>80</v>
+        <v>275</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E104" s="3">
-        <v>51.74</v>
+        <v>136.66</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>277</v>
+        <v>226</v>
       </c>
       <c r="E105" s="3">
-        <v>212.09</v>
+        <v>248.93</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D106" s="0" t="s">
-        <v>280</v>
+      <c r="D106" s="1" t="s">
+        <v>281</v>
       </c>
       <c r="E106" s="3">
-        <v>36.58</v>
+        <v>242.86</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D107" s="0" t="s">
+      <c r="D107" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E107" s="3">
-        <v>375.12</v>
+        <v>1627.08</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D108" s="0" t="s">
+      <c r="D108" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E108" s="3">
-        <v>133.11</v>
+        <v>731.1</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>10</v>
-[...78 lines deleted...]
-      <c r="F112" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3393,36 +3280,32 @@
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
-    <hyperlink ref="F109" r:id="rId109"/>
-[...2 lines deleted...]
-    <hyperlink ref="F112" r:id="rId112"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>