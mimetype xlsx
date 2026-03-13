--- v0 (2026-01-08)
+++ v1 (2026-03-13)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="246">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>160-000-380-0</t>
   </si>
   <si>
     <t>MARSCH JOSEPH PARKER</t>
   </si>
   <si>
@@ -75,245 +75,171 @@
   <si>
     <t>ALGUIRE TRACI A &amp; MATTHEW R</t>
   </si>
   <si>
     <t xml:space="preserve">2576 E BRANCH RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>160-000-440-1</t>
   </si>
   <si>
     <t>DINGEY CORY R &amp; DORIS L</t>
   </si>
   <si>
     <t xml:space="preserve">160 PASCAL RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>160-000-500-1</t>
   </si>
   <si>
     <t xml:space="preserve">PASCAL RD  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>160-000-580-1</t>
-[...8 lines deleted...]
-  <si>
     <t>16000060</t>
   </si>
   <si>
     <t>BUNDY SAM F</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>160-000-650-7</t>
-[...18 lines deleted...]
-  <si>
     <t>160-000-680-2</t>
   </si>
   <si>
     <t>NELSON LOGAN A</t>
   </si>
   <si>
     <t xml:space="preserve">1131 N MORGANVILLE RD  
 </t>
   </si>
   <si>
     <t>160-000-720-0</t>
   </si>
   <si>
     <t>WARD RONALD L &amp; HEATHER</t>
   </si>
   <si>
     <t xml:space="preserve">1480 S R 555  SD 20
 </t>
   </si>
   <si>
     <t>160-000-740-0</t>
   </si>
   <si>
     <t>POLING JARROD B</t>
   </si>
   <si>
     <t xml:space="preserve">F CAMPBELL RD  
 </t>
   </si>
   <si>
     <t>160-000-750-0</t>
   </si>
   <si>
     <t>160-000-770-0</t>
   </si>
   <si>
     <t>160-000-780-0</t>
   </si>
   <si>
-    <t>160-000-831-3</t>
-[...8 lines deleted...]
-  <si>
     <t>160-000-840-0</t>
   </si>
   <si>
     <t>CAPLINGER JAMES L &amp; JO ANNE NELSON</t>
   </si>
   <si>
     <t xml:space="preserve">DRAKE RD  SD 2
-</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">S R 78  SD 36
 </t>
   </si>
   <si>
     <t>160-000-980-0</t>
   </si>
   <si>
     <t>SIMPKINS TWILA J &amp; CRYSTAL E MURNAHAN</t>
   </si>
   <si>
     <t xml:space="preserve">532 S S R 555  SD 11
 </t>
   </si>
   <si>
     <t>160-000-990-0</t>
   </si>
   <si>
     <t xml:space="preserve">540 S ST RT 555  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>160-001-290-0</t>
+    <t>16000130</t>
+  </si>
+  <si>
+    <t>NELSON AMY</t>
+  </si>
+  <si>
+    <t>1540 PLEASANT VALLEY ROAD</t>
+  </si>
+  <si>
+    <t>160-001-300-0</t>
   </si>
   <si>
     <t>SIX CARL</t>
   </si>
   <si>
-    <t xml:space="preserve">PLEASANT VALLEY RD  SD 2
-[...14 lines deleted...]
-  <si>
     <t xml:space="preserve">4789 HARRIS UNION RD  
 </t>
   </si>
   <si>
     <t>160-001-640-0</t>
   </si>
   <si>
     <t>WATT DOUGLAS LEE SR &amp; JONI M</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  SD 3
 </t>
   </si>
   <si>
     <t>160-001-670-0</t>
   </si>
   <si>
     <t>EBERLE MELDA</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  SD 44
 </t>
   </si>
   <si>
     <t>160-001-680-0</t>
   </si>
   <si>
     <t>HERN SAMMY L &amp; LORITA</t>
   </si>
   <si>
     <t xml:space="preserve">REED UNION LN  
-</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">EAST BRANCH RD  LOT 8
 </t>
   </si>
   <si>
     <t>160-002-130-9</t>
   </si>
   <si>
     <t>SCHAEFFER SANDRA K</t>
   </si>
   <si>
     <t xml:space="preserve">EAST BRANCH RD  LOT 10
 </t>
   </si>
   <si>
     <t>160-002-400-1</t>
   </si>
   <si>
     <t>MILLER CLIFFORD &amp; SONDRA</t>
   </si>
   <si>
     <t xml:space="preserve">8275 MORGANVILLE RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>160-002-400-2</t>
   </si>
@@ -343,173 +269,127 @@
   </si>
   <si>
     <t>160-002-620-0</t>
   </si>
   <si>
     <t>HART WILLIAM BOYD &amp; MARY PHILLIS &amp; RICHARD LEE</t>
   </si>
   <si>
     <t xml:space="preserve">7340 MORGANVILLE RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>160-002-630-0</t>
   </si>
   <si>
     <t>160-002-820-0</t>
   </si>
   <si>
     <t>STONEHILL SKINNERS, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">5050 DODY LN  SD 1
 </t>
   </si>
   <si>
-    <t>160-002-971-5</t>
-[...8 lines deleted...]
-  <si>
     <t>16000330</t>
   </si>
   <si>
     <t>KAMINSKI ANDREW (KENNETH)</t>
   </si>
   <si>
     <t>160-003-480-9</t>
   </si>
   <si>
     <t>BRAGG LOGAN C</t>
   </si>
   <si>
     <t xml:space="preserve">395 N ST RT 555  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>160-003-481-0</t>
-[...8 lines deleted...]
-  <si>
     <t>160-003-640-0</t>
   </si>
   <si>
     <t>MALTA MFG CO</t>
   </si>
   <si>
     <t xml:space="preserve">ROSSEAU HILL LN  SD 25
 </t>
   </si>
   <si>
     <t>160-003-660-0</t>
   </si>
   <si>
     <t>SCOTT THEODORE</t>
   </si>
   <si>
     <t xml:space="preserve">WOODWARD RD  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>160-003-660-1</t>
-[...8 lines deleted...]
-  <si>
     <t>160-003-670-0</t>
   </si>
   <si>
     <t>160-003-680-0</t>
   </si>
   <si>
     <t xml:space="preserve">WOODWARD LN  SD 10
 </t>
   </si>
   <si>
     <t>160-003-690-0</t>
   </si>
   <si>
     <t xml:space="preserve">WOODWARD LN  SD 5
 </t>
   </si>
   <si>
     <t>160-003-700-0</t>
   </si>
   <si>
     <t xml:space="preserve">8470 DRAKE RD  
 </t>
   </si>
   <si>
     <t>160-003-710-0</t>
   </si>
   <si>
     <t xml:space="preserve">MORGANVILLE RD  SD 6
 </t>
-  </si>
-[...4 lines deleted...]
-    <t>MILLER ROY &amp; COLETTE SALEM</t>
   </si>
   <si>
     <t>160-003-950-0</t>
   </si>
   <si>
     <t>CAIN ANGELA MARIE</t>
   </si>
   <si>
     <t xml:space="preserve">990 BUTLER RD  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>160-004-180-0</t>
-[...8 lines deleted...]
-  <si>
     <t>160-004-770-0</t>
   </si>
   <si>
     <t>PARTON DAVID B &amp; MISTY D</t>
   </si>
   <si>
     <t xml:space="preserve">2996 EAST BRANCH RD  
 </t>
   </si>
   <si>
     <t>160-004-940-3</t>
   </si>
   <si>
     <t>BENNETT MICHAEL J</t>
   </si>
   <si>
     <t xml:space="preserve">S R 555  SD 72
 </t>
   </si>
   <si>
     <t>160-004-970-0</t>
   </si>
   <si>
     <t>ACTON LINDA M</t>
   </si>
@@ -649,60 +529,50 @@
   <si>
     <t xml:space="preserve">GLASS RD  SD 10-17
 </t>
   </si>
   <si>
     <t>160-006-030-0</t>
   </si>
   <si>
     <t>SNYDER GRANVILLE W C/O BRANDON SNYDER</t>
   </si>
   <si>
     <t xml:space="preserve">EAST BRANCH RD  SD 33
 </t>
   </si>
   <si>
     <t>160-006-760-0</t>
   </si>
   <si>
     <t>TRENT REBECCA &amp; JIMMIE</t>
   </si>
   <si>
     <t xml:space="preserve">1050 S ST RT 78  SD 33
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>160-007-250-0</t>
-[...8 lines deleted...]
-  <si>
     <t>160-007-440-2</t>
   </si>
   <si>
     <t>ROBERTS JAY &amp; BETH</t>
   </si>
   <si>
     <t xml:space="preserve">3400 WOODYARD UNION RD  
 </t>
   </si>
   <si>
     <t>16000810</t>
   </si>
   <si>
     <t>MCDONALD JAMES A &amp; CHERYL</t>
   </si>
   <si>
     <t>16000890</t>
   </si>
   <si>
     <t>LEACH BROSE</t>
   </si>
   <si>
     <t>16000950</t>
   </si>
   <si>
@@ -765,60 +635,50 @@
     <t xml:space="preserve">ROSSEAU HILL LN  
 </t>
   </si>
   <si>
     <t>160-010-510-2</t>
   </si>
   <si>
     <t>PETTET KEVIN RYAN</t>
   </si>
   <si>
     <t xml:space="preserve">ROSSEAU  LOT 
 </t>
   </si>
   <si>
     <t>160-010-530-0</t>
   </si>
   <si>
     <t xml:space="preserve">ROSSEAU RD  
 </t>
   </si>
   <si>
     <t>160-010-540-0</t>
   </si>
   <si>
     <t>160-010-640-0</t>
-  </si>
-[...8 lines deleted...]
-</t>
   </si>
   <si>
     <t>160-011-240-0</t>
   </si>
   <si>
     <t>SWEAT SCOTT D</t>
   </si>
   <si>
     <t xml:space="preserve">6680 BRANDEBERRY RD  
 </t>
   </si>
   <si>
     <t>160-011-250-0</t>
   </si>
   <si>
     <t xml:space="preserve">BRANDEBERRY RD  
 </t>
   </si>
   <si>
     <t>160-011-890-0</t>
   </si>
   <si>
     <t xml:space="preserve">VICKSVILLE LN  
 </t>
   </si>
@@ -1007,70 +867,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F118" headerRowCount="1">
-  <autoFilter ref="A1:F118"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F102" headerRowCount="1">
+  <autoFilter ref="A1:F102"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20415&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20422&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20576&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21643&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30088&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20415&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20422&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20511&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20727&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20905&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20910&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=20938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21175&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21641&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21643&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=21999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=22034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29953&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=30088&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F118"/>
+  <dimension ref="A1:F102"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="50.98839569091797" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="27.834383010864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1170,2277 +1030,1957 @@
         <v>17</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="3">
         <v>574.07</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="D7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="3">
-        <v>332.17</v>
+        <v>2144.99</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="D8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="3">
-        <v>2144.99</v>
+        <v>374.77</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="3">
-        <v>363.19</v>
+        <v>468.62</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="3">
-        <v>201.27</v>
+        <v>7.3</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E11" s="3">
-        <v>774.77</v>
+        <v>104.85</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E12" s="3">
-        <v>468.62</v>
+        <v>9.7</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E13" s="3">
-        <v>7.3</v>
+        <v>8.93</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E14" s="3">
-        <v>104.85</v>
+        <v>308.94</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="3">
-        <v>9.7</v>
+        <v>7.37</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" s="3">
-        <v>8.93</v>
+        <v>89.28</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>4.31</v>
+        <v>63.91</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="3">
-        <v>308.94</v>
+        <v>3856.26</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="3">
-        <v>2726.09</v>
+        <v>3433.65</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="3">
-        <v>430.94</v>
+        <v>5.45</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="3">
-        <v>7.37</v>
+        <v>33.84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E22" s="3">
-        <v>89.28</v>
+        <v>480.39</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E23" s="3">
-        <v>405.35</v>
+        <v>337.22</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="D24" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="3">
-        <v>63.91</v>
+        <v>151.68</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="3">
-        <v>3856.26</v>
+        <v>508.18</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E26" s="3">
-        <v>3433.65</v>
+        <v>112.93</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E27" s="3">
-        <v>5.45</v>
+        <v>600.16</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="E28" s="3">
-        <v>33.84</v>
+        <v>73.32</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="3">
-        <v>39.69</v>
+        <v>503.23</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D30" s="1" t="s">
-        <v>83</v>
+      <c r="D30" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E30" s="3">
-        <v>480.39</v>
+        <v>480.27</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>337.22</v>
+        <v>1149.85</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="3">
-        <v>151.68</v>
+        <v>78.74</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="3">
-        <v>508.18</v>
+        <v>16.88</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E34" s="3">
-        <v>112.93</v>
+        <v>10.84</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E35" s="3">
-        <v>600.16</v>
+        <v>10</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E36" s="3">
-        <v>73.32</v>
+        <v>4.33</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E37" s="3">
-        <v>503.23</v>
+        <v>86.49</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="E38" s="3">
-        <v>4.25</v>
+        <v>1.66</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D39" s="0" t="s">
-        <v>26</v>
+      <c r="D39" s="1" t="s">
+        <v>102</v>
       </c>
       <c r="E39" s="3">
-        <v>480.27</v>
+        <v>2086.36</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E40" s="3">
-        <v>1149.85</v>
+        <v>526.91</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="E41" s="3">
-        <v>1449.67</v>
+        <v>5.56</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E42" s="3">
-        <v>78.74</v>
+        <v>5.56</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E43" s="3">
-        <v>16.88</v>
+        <v>23.21</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E44" s="3">
-        <v>3685.9</v>
+        <v>26.16</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E45" s="3">
-        <v>10.84</v>
+        <v>15.57</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E46" s="3">
-        <v>10</v>
+        <v>33.63</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="E47" s="3">
-        <v>4.33</v>
+        <v>812.78</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E48" s="3">
-        <v>86.49</v>
+        <v>36.13</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="3">
-        <v>1.66</v>
+        <v>932.38</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="3">
-        <v>42.69</v>
+        <v>122.09</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B51" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="3">
-        <v>2086.36</v>
+        <v>431.66</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" s="3">
-        <v>61.19</v>
+        <v>135.91</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="3">
-        <v>526.91</v>
+        <v>3.12</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" s="3">
-        <v>5.56</v>
+        <v>0.21</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>146</v>
+        <v>89</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E55" s="3">
-        <v>5.56</v>
+        <v>1040.92</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E56" s="3">
-        <v>23.21</v>
+        <v>2.44</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E57" s="3">
-        <v>26.16</v>
+        <v>13.68</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E58" s="3">
-        <v>15.57</v>
+        <v>4.74</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E59" s="3">
-        <v>33.63</v>
+        <v>35.29</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="E60" s="3">
-        <v>812.78</v>
+        <v>19.59</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E61" s="3">
-        <v>36.13</v>
+        <v>1506.42</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="1" t="s">
-        <v>165</v>
+      <c r="D62" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E62" s="3">
-        <v>932.38</v>
+        <v>153.58</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D63" s="1" t="s">
-        <v>168</v>
+      <c r="D63" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E63" s="3">
-        <v>122.09</v>
+        <v>3648.13</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="1" t="s">
-        <v>170</v>
+      <c r="D64" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E64" s="3">
-        <v>431.66</v>
+        <v>112.76</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E65" s="3">
-        <v>135.91</v>
+        <v>8.27</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E66" s="3">
-        <v>3.12</v>
+        <v>5.73</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="E67" s="3">
-        <v>0.21</v>
+        <v>2.67</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="E68" s="3">
-        <v>1040.92</v>
+        <v>6.94</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="E69" s="3">
-        <v>2.44</v>
+        <v>123.36</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>117</v>
+        <v>178</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="E70" s="3">
-        <v>13.68</v>
+        <v>16.18</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="E71" s="3">
-        <v>4.74</v>
+        <v>30.98</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="E72" s="3">
-        <v>35.29</v>
+        <v>413.91</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E73" s="3">
-        <v>19.59</v>
+        <v>15.51</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="E74" s="3">
-        <v>1660.36</v>
+        <v>238.68</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="E75" s="3">
-        <v>1506.42</v>
+        <v>93.73</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D76" s="0" t="s">
-        <v>26</v>
+      <c r="D76" s="1" t="s">
+        <v>187</v>
       </c>
       <c r="E76" s="3">
-        <v>153.58</v>
+        <v>238.68</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D77" s="0" t="s">
-        <v>26</v>
+      <c r="D77" s="1" t="s">
+        <v>192</v>
       </c>
       <c r="E77" s="3">
-        <v>3648.13</v>
+        <v>6098.25</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D78" s="0" t="s">
-        <v>26</v>
+      <c r="D78" s="1" t="s">
+        <v>194</v>
       </c>
       <c r="E78" s="3">
-        <v>112.76</v>
+        <v>20.37</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="E79" s="3">
-        <v>8.27</v>
+        <v>42.19</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="E80" s="3">
-        <v>5.73</v>
+        <v>37.17</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="E81" s="3">
-        <v>2.67</v>
+        <v>44.38</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>206</v>
+        <v>110</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
       <c r="E82" s="3">
-        <v>6.94</v>
+        <v>44.79</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>191</v>
+        <v>110</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="E83" s="3">
-        <v>123.36</v>
+        <v>44.79</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>216</v>
+        <v>201</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>217</v>
+        <v>202</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D84" s="1" t="s">
-        <v>215</v>
+      <c r="D84" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E84" s="3">
-        <v>16.18</v>
+        <v>112.76</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>191</v>
+        <v>104</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="E85" s="3">
-        <v>30.98</v>
+        <v>456.06</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="E86" s="3">
-        <v>413.91</v>
+        <v>802.36</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
       <c r="E87" s="3">
-        <v>15.51</v>
+        <v>1693.4</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>225</v>
+        <v>211</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>226</v>
+        <v>212</v>
       </c>
       <c r="E88" s="3">
-        <v>238.68</v>
+        <v>1254.93</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="E89" s="3">
-        <v>93.73</v>
+        <v>34.66</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="E90" s="3">
-        <v>238.68</v>
+        <v>86.83</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>132</v>
+        <v>218</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="E91" s="3">
-        <v>2.18</v>
+        <v>2078.43</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>132</v>
+        <v>218</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="E92" s="3">
-        <v>1.48</v>
+        <v>1254.93</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>234</v>
+        <v>215</v>
       </c>
       <c r="E93" s="3">
-        <v>6098.25</v>
+        <v>20.02</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D94" s="1" t="s">
-        <v>236</v>
+      <c r="D94" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E94" s="3">
-        <v>20.37</v>
+        <v>243.04</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>146</v>
+        <v>225</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D95" s="1" t="s">
-        <v>238</v>
+      <c r="D95" s="0" t="s">
+        <v>23</v>
       </c>
       <c r="E95" s="3">
-        <v>42.19</v>
+        <v>1585.45</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>239</v>
+        <v>226</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>146</v>
+        <v>227</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D96" s="1" t="s">
-        <v>238</v>
+      <c r="D96" s="0" t="s">
+        <v>228</v>
       </c>
       <c r="E96" s="3">
-        <v>37.17</v>
+        <v>1746.96</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>146</v>
+        <v>230</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D97" s="1" t="s">
-        <v>238</v>
+      <c r="D97" s="0" t="s">
+        <v>231</v>
       </c>
       <c r="E97" s="3">
-        <v>44.38</v>
+        <v>1266.81</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>146</v>
+        <v>233</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D98" s="1" t="s">
-        <v>238</v>
+      <c r="D98" s="0" t="s">
+        <v>234</v>
       </c>
       <c r="E98" s="3">
-        <v>44.79</v>
+        <v>374.35</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>146</v>
+        <v>236</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D99" s="1" t="s">
-        <v>238</v>
+      <c r="D99" s="0" t="s">
+        <v>237</v>
       </c>
       <c r="E99" s="3">
-        <v>44.79</v>
+        <v>412.08</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>244</v>
+        <v>63</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="E100" s="3">
-        <v>112.76</v>
+        <v>218.86</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>140</v>
+        <v>241</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D101" s="1" t="s">
-        <v>246</v>
+      <c r="D101" s="0" t="s">
+        <v>242</v>
       </c>
       <c r="E101" s="3">
-        <v>456.06</v>
+        <v>95.04</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D102" s="1" t="s">
-        <v>249</v>
+      <c r="D102" s="0" t="s">
+        <v>245</v>
       </c>
       <c r="E102" s="3">
-        <v>802.36</v>
+        <v>68.89</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>10</v>
-[...318 lines deleted...]
-      <c r="F118" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3503,48 +3043,32 @@
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
-    <hyperlink ref="F103" r:id="rId103"/>
-[...14 lines deleted...]
-    <hyperlink ref="F118" r:id="rId118"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>