--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -5,93 +5,93 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="211">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>10000080</t>
   </si>
   <si>
     <t>COOK GREGORY A</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>100-001-780-0</t>
   </si>
   <si>
     <t>SHAW FAMILY DAIRY, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">5095 ADRIAN RD  SD 1
-</t>
+    <t xml:space="preserve">5095 ADRIAN RD  
+STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>100-001-810-0</t>
   </si>
   <si>
     <t>MAYLE STEPHANIE RAE</t>
   </si>
   <si>
     <t xml:space="preserve">S R 377  SD 35
 </t>
   </si>
   <si>
     <t>100-001-820-0</t>
   </si>
   <si>
     <t xml:space="preserve">6977 S R 377  
 </t>
   </si>
   <si>
     <t>100-001-950-0</t>
   </si>
   <si>
     <t>HORNER ROBIN</t>
   </si>
   <si>
@@ -113,51 +113,51 @@
   </si>
   <si>
     <t>GRADY DAKOTA</t>
   </si>
   <si>
     <t xml:space="preserve">WOOD RD  
 CHESTERHILL OH 43728</t>
   </si>
   <si>
     <t>10000290</t>
   </si>
   <si>
     <t>MINERD HARRY</t>
   </si>
   <si>
     <t>10000330</t>
   </si>
   <si>
     <t>PARSONS RICHARD &amp; CHARLENE</t>
   </si>
   <si>
     <t>100-004-380-0</t>
   </si>
   <si>
     <t xml:space="preserve">5341 ADRIAN RD  
-</t>
+STOCKPORT OH 43787</t>
   </si>
   <si>
     <t>100-004-770-2</t>
   </si>
   <si>
     <t>LOWERS JOHN H</t>
   </si>
   <si>
     <t xml:space="preserve">3050 GOSHEN RUN RD  SD 21
 </t>
   </si>
   <si>
     <t>10000510</t>
   </si>
   <si>
     <t>NICHOLS PHYLLIS L</t>
   </si>
   <si>
     <t>100-005-160-0</t>
   </si>
   <si>
     <t>MAYLE MARION HENRY</t>
   </si>
   <si>
     <t xml:space="preserve">8905 CREWS LN  SD 9
@@ -269,74 +269,64 @@
   </si>
   <si>
     <t>100-007-490-0</t>
   </si>
   <si>
     <t xml:space="preserve">SWEAT RD SD 30
 </t>
   </si>
   <si>
     <t>10000770</t>
   </si>
   <si>
     <t>MAYLE BONNIE</t>
   </si>
   <si>
     <t>100-007-830-1</t>
   </si>
   <si>
     <t>MARQUIS STEVEN R</t>
   </si>
   <si>
     <t xml:space="preserve">5377 GOSHEN RUN RD  SD 42
 </t>
   </si>
   <si>
-    <t>100-008-461-1</t>
-[...8 lines deleted...]
-  <si>
     <t>10000900</t>
   </si>
   <si>
     <t>NORRIS BRENDA</t>
   </si>
   <si>
     <t>100-009-080-0</t>
   </si>
   <si>
     <t>THOMAS JAMES A</t>
   </si>
   <si>
-    <t xml:space="preserve">VAN FOSSEN LN SD 18
-</t>
+    <t xml:space="preserve">VAN FOSSEN LN  
+CHESTERHILL OH 43728</t>
   </si>
   <si>
     <t>10000970</t>
   </si>
   <si>
     <t>PARSONS ROBERT D</t>
   </si>
   <si>
     <t>100-010-080-0</t>
   </si>
   <si>
     <t>HART CHARLES &amp; ELIZABETH A SPAULDING ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">GOSHEN RUN RD  
 </t>
   </si>
   <si>
     <t>100-010-110-0</t>
   </si>
   <si>
     <t>CALENDINE MARGARET I ET AL</t>
   </si>
   <si>
     <t xml:space="preserve">MINERAL CARD  SD 3
@@ -732,1860 +722,1840 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F89" headerRowCount="1">
-  <autoFilter ref="A1:F89"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F88" headerRowCount="1">
+  <autoFilter ref="A1:F88"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=31238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=31653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28801&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=13998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=14493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=31238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=31653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29193&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29222&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=29249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28801&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F89"/>
+  <dimension ref="A1:F88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="51.76490020751953" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="25.49053955078125" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>1896.87</v>
+        <v>1947.44</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>2308.52</v>
+        <v>2370.08</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>301.74</v>
+        <v>309.79</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="3">
-        <v>127.12</v>
+        <v>130.51</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="3">
-        <v>386.35</v>
+        <v>396.65</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>1121.82</v>
+        <v>1151.74</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>47.13</v>
+        <v>48.39</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="3">
-        <v>248.83</v>
+        <v>255.46</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="3">
-        <v>154.75</v>
+        <v>158.87</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="3">
-        <v>3902.96</v>
+        <v>4007.04</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="3">
-        <v>870.43</v>
+        <v>893.63</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="3">
-        <v>1756.95</v>
+        <v>1803.79</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="3">
-        <v>10317.2</v>
+        <v>10592.34</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="3">
-        <v>2354.88</v>
+        <v>2417.66</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="3">
-        <v>444.38</v>
+        <v>456.23</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="3">
-        <v>105.39</v>
+        <v>108.2</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="3">
-        <v>510.57</v>
+        <v>524.18</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="3">
-        <v>18.26</v>
+        <v>18.75</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="3">
-        <v>376.07</v>
+        <v>386.1</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="3">
-        <v>464.08</v>
+        <v>476.46</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="3">
-        <v>136.12</v>
+        <v>139.75</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>930.47</v>
+        <v>555.28</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="3">
-        <v>90.31</v>
+        <v>92.73</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="3">
-        <v>928.15</v>
+        <v>952.91</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E26" s="3">
-        <v>685.54</v>
+        <v>703.81</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="3">
-        <v>1625.47</v>
+        <v>1668.8</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="3">
-        <v>483.02</v>
+        <v>495.9</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D29" s="2" t="s">
-        <v>82</v>
+      <c r="D29" s="0" t="s">
+        <v>9</v>
       </c>
       <c r="E29" s="3">
-        <v>2658.64</v>
+        <v>3031.63</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="3">
-        <v>2952.9</v>
+        <v>961.86</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D31" s="2" t="s">
-        <v>87</v>
+      <c r="D31" s="0" t="s">
+        <v>9</v>
       </c>
       <c r="E31" s="3">
-        <v>936.88</v>
+        <v>2102.3</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="3">
-        <v>2047.71</v>
+        <v>34.51</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="3">
-        <v>33.61</v>
+        <v>722.74</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="3">
-        <v>703.96</v>
+        <v>6.66</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E35" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E36" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E37" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E38" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E39" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E40" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E41" s="3">
-        <v>6.49</v>
+        <v>6.66</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D42" s="2" t="s">
-        <v>97</v>
+      <c r="D42" s="0" t="s">
+        <v>9</v>
       </c>
       <c r="E42" s="3">
-        <v>6.49</v>
+        <v>2213.83</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D43" s="0" t="s">
-        <v>9</v>
+      <c r="D43" s="2" t="s">
+        <v>94</v>
       </c>
       <c r="E43" s="3">
-        <v>2156.34</v>
+        <v>6.66</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="E44" s="3">
-        <v>6.49</v>
+        <v>13.52</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="E45" s="3">
-        <v>13.17</v>
+        <v>13.52</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E46" s="3">
-        <v>13.17</v>
+        <v>13.52</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D47" s="2" t="s">
-        <v>27</v>
+      <c r="D47" s="0" t="s">
+        <v>9</v>
       </c>
       <c r="E47" s="3">
-        <v>13.17</v>
+        <v>15717.27</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="3">
-        <v>15309.02</v>
+        <v>6591.19</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E49" s="3">
-        <v>6420</v>
+        <v>750.06</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="3">
-        <v>730.56</v>
+        <v>4.14</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E51" s="3">
-        <v>4.03</v>
+        <v>4.14</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E52" s="3">
-        <v>4.03</v>
+        <v>4.14</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D53" s="2" t="s">
-        <v>120</v>
+      <c r="D53" s="0" t="s">
+        <v>9</v>
       </c>
       <c r="E53" s="3">
-        <v>4.03</v>
+        <v>11538.11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="3">
-        <v>11238.41</v>
+        <v>16.35</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>127</v>
+        <v>9</v>
       </c>
       <c r="E55" s="3">
-        <v>15.93</v>
+        <v>46.17</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="3">
-        <v>44.97</v>
+        <v>1366.04</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="3">
-        <v>1330.57</v>
+        <v>3227.5</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="3">
-        <v>3143.69</v>
+        <v>6887.43</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="3">
-        <v>6708.53</v>
+        <v>12437.92</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>137</v>
+        <v>86</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="3">
-        <v>12114.86</v>
+        <v>2128.62</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="3">
-        <v>2073.34</v>
+        <v>2584.77</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="3">
-        <v>2517.65</v>
+        <v>92.86</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="3">
-        <v>90.45</v>
+        <v>11567.75</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="3">
-        <v>11267.3</v>
+        <v>1916.53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="3">
-        <v>1866.75</v>
+        <v>1180.91</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="3">
-        <v>1150.25</v>
+        <v>2427.19</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="3">
-        <v>2364.15</v>
+        <v>7.88</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B68" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="3">
-        <v>7.68</v>
+        <v>186</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>155</v>
       </c>
       <c r="E69" s="3">
-        <v>181.16</v>
+        <v>52.15</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E70" s="3">
-        <v>50.79</v>
+        <v>2402.67</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E71" s="3">
-        <v>2340.26</v>
+        <v>25.03</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>164</v>
       </c>
       <c r="E72" s="3">
-        <v>24.38</v>
+        <v>186</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E73" s="3">
-        <v>181.16</v>
+        <v>767.68</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E74" s="3">
-        <v>747.74</v>
+        <v>186</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E75" s="3">
-        <v>181.16</v>
+        <v>2166.12</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E76" s="3">
-        <v>2109.86</v>
+        <v>902.16</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E77" s="3">
-        <v>878.73</v>
+        <v>369.23</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="3">
-        <v>359.62</v>
+        <v>104.55</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E79" s="3">
-        <v>101.83</v>
+        <v>112.15</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B80" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E80" s="3">
-        <v>109.24</v>
+        <v>23.16</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E81" s="3">
-        <v>22.56</v>
+        <v>169.54</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E82" s="3">
-        <v>165.13</v>
+        <v>23.16</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E83" s="3">
-        <v>22.56</v>
+        <v>68.91</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E84" s="3">
-        <v>67.12</v>
+        <v>154.51</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>201</v>
       </c>
       <c r="E85" s="3">
-        <v>150.49</v>
+        <v>492.58</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>204</v>
       </c>
       <c r="E86" s="3">
-        <v>479.79</v>
+        <v>63.34</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>207</v>
       </c>
       <c r="E87" s="3">
-        <v>61.7</v>
+        <v>87.26</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>210</v>
       </c>
       <c r="E88" s="3">
-        <v>85</v>
+        <v>269.15</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2634,33 +2604,32 @@
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
-    <hyperlink ref="F89" r:id="rId89"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>