--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -47,59 +47,59 @@
     <t>View Property</t>
   </si>
   <si>
     <t>080-000-450-0</t>
   </si>
   <si>
     <t>BELL MICHELLE L</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
     <t xml:space="preserve">155 2ND ST  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>080-000-640-0</t>
   </si>
   <si>
     <t>SHAW JOSHUA S</t>
   </si>
   <si>
-    <t xml:space="preserve">7TH ST  SD 49
-</t>
+    <t xml:space="preserve">235 BALLPARK RD  
+MALTA OH 43758</t>
   </si>
   <si>
     <t>080-000-650-0</t>
   </si>
   <si>
-    <t xml:space="preserve">211 7TH ST  SD 57
-</t>
+    <t xml:space="preserve">233 BALL PARK RD  
+MALTA OH 43758</t>
   </si>
   <si>
     <t>080-001-380-0</t>
   </si>
   <si>
     <t>VEYON LAKEN M</t>
   </si>
   <si>
     <t xml:space="preserve">8TH ST  INLOT 34
 </t>
   </si>
   <si>
     <t>080-001-850-0</t>
   </si>
   <si>
     <t>DUNN MARY ALICE</t>
   </si>
   <si>
     <t xml:space="preserve">FURNACE ST  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>080-001-860-0</t>
   </si>
   <si>
@@ -248,251 +248,251 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>420.69</v>
+        <v>431.91</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>246.35</v>
+        <v>252.92</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>213.38</v>
+        <v>219.07</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="3">
-        <v>78.83</v>
+        <v>80.93</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="3">
-        <v>641.48</v>
+        <v>658.57</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="3">
-        <v>8827.4</v>
+        <v>9062.79</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="3">
-        <v>32.59</v>
+        <v>33.46</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="3">
-        <v>131.71</v>
+        <v>135.22</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="3">
-        <v>10839.96</v>
+        <v>11129.01</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="3">
-        <v>1476.1</v>
+        <v>1515.47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="3">
-        <v>72.52</v>
+        <v>74.46</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>