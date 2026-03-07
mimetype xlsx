--- v0 (2026-01-09)
+++ v1 (2026-03-07)
@@ -5,106 +5,93 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="338">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>060-000-340-0</t>
+    <t>060-000-350-0</t>
   </si>
   <si>
     <t>KASLER BART L III &amp; ELIZABETH</t>
   </si>
   <si>
     <t>FEDERAL HOCKING LSD</t>
-  </si>
-[...8 lines deleted...]
-    <t>060-000-350-0</t>
   </si>
   <si>
     <t xml:space="preserve">10971 ST RT 329  
 GLOUSTER OH 45732</t>
   </si>
   <si>
+    <t>View</t>
+  </si>
+  <si>
     <t>060-000-360-0</t>
   </si>
   <si>
     <t xml:space="preserve">ST RT 329  
 GLOUSTER OH 45732</t>
   </si>
   <si>
-    <t>060-000-370-0</t>
-[...4 lines deleted...]
-  <si>
     <t>060-000-490-0</t>
   </si>
   <si>
     <t>ARNOLD ROBERT E &amp; BRENDA</t>
   </si>
   <si>
     <t xml:space="preserve">10640 ST RT 329  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>05000010</t>
   </si>
   <si>
     <t>ADAMS VERA</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>050-001-290-0</t>
   </si>
   <si>
@@ -162,90 +149,70 @@
   <si>
     <t xml:space="preserve">S ST RT 78  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-002-600-0</t>
   </si>
   <si>
     <t>EUBANKS PHILLIP ARDEN</t>
   </si>
   <si>
     <t xml:space="preserve">10180 KITTLE SWITZER RD  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-002-740-0</t>
   </si>
   <si>
     <t>RINI WILLIAM T &amp; LUDOVINA CO TRUSTEES</t>
   </si>
   <si>
     <t xml:space="preserve">8989 KUHNS RD  
 AMESVILLE OH 45711</t>
   </si>
   <si>
-    <t>050-002-750-0</t>
-[...8 lines deleted...]
-  <si>
     <t>050-002-820-0</t>
   </si>
   <si>
     <t>PEART CHARLENE</t>
   </si>
   <si>
     <t xml:space="preserve">11141 DAVIS RD  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-002-830-0</t>
   </si>
   <si>
     <t xml:space="preserve">DAVIS RD  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-002-840-0</t>
   </si>
   <si>
-    <t>050-002-880-0</t>
-[...8 lines deleted...]
-  <si>
     <t>050-003-110-0</t>
   </si>
   <si>
     <t>HOSIER JERRY A</t>
   </si>
   <si>
     <t xml:space="preserve">5435 VAN FOSSEN LN  
 CHESTERHILL OH 43728</t>
   </si>
   <si>
     <t>050-003-530-0</t>
   </si>
   <si>
     <t>EUBANKS SHERRILL A</t>
   </si>
   <si>
     <t xml:space="preserve">KITTLE SWITZER RD  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>05000380</t>
   </si>
   <si>
     <t>OGDEN JOSEPH W</t>
   </si>
@@ -267,171 +234,125 @@
   </si>
   <si>
     <t xml:space="preserve">DOCK 2-CR 108  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-004-750-0</t>
   </si>
   <si>
     <t>KNODERER JERRY JOE TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">6484 S ST RT 78  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-004-750-2</t>
   </si>
   <si>
     <t>KNODERER CHRISTOPHER TRUSTEE</t>
   </si>
   <si>
     <t>050-004-770-0</t>
   </si>
   <si>
-    <t>050-004-810-0</t>
-[...8 lines deleted...]
-  <si>
     <t>050-004-940-0</t>
   </si>
   <si>
     <t>MEYER RICHARD F ESQ TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">MORNINGSIDE DR  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-005-330-0</t>
   </si>
   <si>
     <t>INFINITUM LLC</t>
   </si>
   <si>
     <t xml:space="preserve">5227 ROCK HOLLOW LN  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-005-340-0</t>
   </si>
   <si>
     <t xml:space="preserve">ROCK HOLLOW LN  
 GLOUSTER OH 45732</t>
   </si>
   <si>
+    <t>050-005-370-0</t>
+  </si>
+  <si>
+    <t>SHARP JASON W &amp; GLADYS CHRISTINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9710 TAYLOR RD  
+GLOUSTER OH 45732</t>
+  </si>
+  <si>
     <t>05000610</t>
   </si>
   <si>
     <t>TIEDTKE FREDRICK &amp; TATE</t>
-  </si>
-[...18 lines deleted...]
-</t>
   </si>
   <si>
     <t>05000650</t>
   </si>
   <si>
     <t>HARRIS GLENN E</t>
   </si>
   <si>
     <t>050-006-950-0</t>
   </si>
   <si>
     <t>HALLER JAMES R &amp; DIANE A</t>
   </si>
   <si>
     <t xml:space="preserve">8175 BISHOPVILLE RD  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>05000800</t>
   </si>
   <si>
     <t>RUSSELL FLOYD ERIC</t>
   </si>
   <si>
     <t>050-008-030-0</t>
   </si>
   <si>
     <t>MATHENY MARCELLA J</t>
   </si>
   <si>
     <t xml:space="preserve">8080 WRIGHTSTOWN RD  SD 7
 </t>
   </si>
   <si>
-    <t>050-008-180-1</t>
-[...24 lines deleted...]
-  <si>
     <t>050-008-670-0</t>
   </si>
   <si>
     <t xml:space="preserve">10795 DOCK TWO RD CO RD 108  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-008-770-0</t>
   </si>
   <si>
     <t>KISH AMY</t>
   </si>
   <si>
     <t xml:space="preserve">DAVIS RD  SD 46
 </t>
   </si>
   <si>
     <t>050-008-780-0</t>
   </si>
   <si>
     <t xml:space="preserve">DAVIS RD  SD 47
 </t>
   </si>
   <si>
     <t>050-008-790-0</t>
@@ -456,60 +377,50 @@
   <si>
     <t xml:space="preserve">10750 DOCK TWO  SD 124
 </t>
   </si>
   <si>
     <t>050-009-220-0</t>
   </si>
   <si>
     <t>FEDERAL VALLEY R R CO &amp; PENN CENTRAL CORP</t>
   </si>
   <si>
     <t xml:space="preserve">OLD GRADE RD  SD 3
 </t>
   </si>
   <si>
     <t>050-009-230-0</t>
   </si>
   <si>
     <t>EAST CENTRAL OHIO REALTY</t>
   </si>
   <si>
     <t xml:space="preserve">OLD GRADE RD  
 CHESTERHILL OH 43728</t>
   </si>
   <si>
-    <t>050-009-261-3</t>
-[...8 lines deleted...]
-  <si>
     <t>050-009-310-0</t>
   </si>
   <si>
     <t>050-009-320-0</t>
   </si>
   <si>
     <t xml:space="preserve">COX KOLBE RD  
 </t>
   </si>
   <si>
     <t>050-009-330-0</t>
   </si>
   <si>
     <t>050-009-340-0</t>
   </si>
   <si>
     <t>050-009-350-0</t>
   </si>
   <si>
     <t>PENN CENTRAL CORPORATION PROVIDENT TOWER BLDG</t>
   </si>
   <si>
     <t xml:space="preserve">SMITH HOMER RD  SD 24
 </t>
   </si>
@@ -536,60 +447,50 @@
   <si>
     <t xml:space="preserve">TUNNEL RD  SD 170
 </t>
   </si>
   <si>
     <t>050-009-940-0</t>
   </si>
   <si>
     <t>WELLS JAMES</t>
   </si>
   <si>
     <t xml:space="preserve">7288 OLD GRADE RD  SD 4
 </t>
   </si>
   <si>
     <t>050-009-990-0</t>
   </si>
   <si>
     <t>MONTONEY BRENDA</t>
   </si>
   <si>
     <t xml:space="preserve">4860 BEACH RD  SD 40
 </t>
   </si>
   <si>
-    <t>050-010-040-0</t>
-[...8 lines deleted...]
-  <si>
     <t>050-010-270-1</t>
   </si>
   <si>
     <t>YOUNG MARK D</t>
   </si>
   <si>
     <t xml:space="preserve">8522 COX KOLBE RD  SD 38
 </t>
   </si>
   <si>
     <t>050-010-350-0</t>
   </si>
   <si>
     <t>ANGLE ERIC R</t>
   </si>
   <si>
     <t xml:space="preserve">MINERAL CARD  SD 12
 </t>
   </si>
   <si>
     <t>050-010-360-0</t>
   </si>
   <si>
     <t xml:space="preserve">MINERAL CARD  SD 2
 </t>
@@ -689,202 +590,138 @@
   <si>
     <t>SCHUMACHER MARK &amp; BEVERLY</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 24 OLD PA
 </t>
   </si>
   <si>
     <t>050-012-040-0</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 73 OLD PA
 </t>
   </si>
   <si>
     <t>050-012-050-0</t>
   </si>
   <si>
     <t>SCHUMACHER MARK C &amp; BEVERLY J</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 23 OLD PA
 </t>
   </si>
   <si>
-    <t>050-013-020-0</t>
-[...23 lines deleted...]
-  <si>
     <t>050-013-190-0</t>
   </si>
   <si>
     <t>OOTEN JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 89
 </t>
   </si>
   <si>
     <t>050-013-200-0</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 90
 </t>
   </si>
   <si>
-    <t>050-013-300-0</t>
-[...14 lines deleted...]
-  <si>
     <t>050-013-390-0</t>
   </si>
   <si>
     <t>GUTHRIE NOAH D</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 86
 </t>
   </si>
   <si>
     <t>050-013-450-0</t>
   </si>
   <si>
     <t>MCCLELLAND STEPHANIE L</t>
   </si>
   <si>
     <t xml:space="preserve">10955 DOCK TWO C R 108  INLOT 40
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>050-013-490-0</t>
   </si>
   <si>
     <t>050-013-630-0</t>
   </si>
   <si>
     <t>GUTHRIE NOAH</t>
   </si>
   <si>
     <t xml:space="preserve">DOCK 2 CR 108  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-013-760-0</t>
   </si>
   <si>
     <t>BUCHANAN BRYAN &amp; MELINDA</t>
   </si>
   <si>
     <t xml:space="preserve">10840 DOCK TWO A RD  INLOT 107
 </t>
   </si>
   <si>
     <t>050-013-790-0</t>
   </si>
   <si>
     <t xml:space="preserve">DOCK TWO A RD  INLOT 14
 </t>
   </si>
   <si>
-    <t>050-013-970-0</t>
-[...8 lines deleted...]
-  <si>
     <t>050-013-980-0</t>
   </si>
   <si>
     <t>TIEDTKE FREDERICK W &amp; TATE TIEDTKE</t>
   </si>
   <si>
     <t xml:space="preserve">DOCK TWO A RD  INLOT 112
 </t>
   </si>
   <si>
     <t>050-014-020-0</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 87
 </t>
   </si>
   <si>
     <t>050-014-030-0</t>
   </si>
   <si>
     <t xml:space="preserve">SABO RD  INLOT 88
 </t>
   </si>
   <si>
-    <t>050-014-740-0</t>
-[...8 lines deleted...]
-  <si>
     <t>050-015-160-0</t>
   </si>
   <si>
     <t>CENESKI DEANNA &amp; BARRY S ROACH JR</t>
   </si>
   <si>
     <t xml:space="preserve">11361 SUNSET DRIVE  INLOT 7
 </t>
   </si>
   <si>
     <t>05001540</t>
   </si>
   <si>
     <t>KESTERSON BIRDIE</t>
   </si>
   <si>
     <t>050-015-490-0</t>
   </si>
   <si>
     <t>HAUKE JEFF</t>
   </si>
   <si>
     <t xml:space="preserve">1555 WEMMER LN  INLOT 6
 </t>
   </si>
@@ -898,60 +735,50 @@
     <t xml:space="preserve">PAULETTE DR  INLOT 64
 </t>
   </si>
   <si>
     <t>050-015-540-0</t>
   </si>
   <si>
     <t>BALLARD ROSALIE</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 46
 </t>
   </si>
   <si>
     <t>050-015-600-0</t>
   </si>
   <si>
     <t xml:space="preserve">PAULETTE DR  INLOT 65
 </t>
   </si>
   <si>
     <t>050-015-770-0</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 45
-</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">10155 SHAW RD INLOT 58
 </t>
   </si>
   <si>
     <t>050-015-940-0</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 56
 </t>
   </si>
   <si>
     <t>050-016-020-0</t>
   </si>
   <si>
     <t xml:space="preserve">S R 78  INLOT 55
 </t>
   </si>
   <si>
     <t>050-016-120-0</t>
   </si>
   <si>
     <t xml:space="preserve">2057 S R 78  INLOT 57
 </t>
   </si>
   <si>
     <t>050-016-220-0</t>
@@ -976,51 +803,51 @@
   <si>
     <t>050-016-550-0</t>
   </si>
   <si>
     <t>MONTONEY KENNETH E &amp; BRENDA S</t>
   </si>
   <si>
     <t xml:space="preserve">11117 ANDRUS DR  INLOT 9E
 </t>
   </si>
   <si>
     <t>050-016-820-0</t>
   </si>
   <si>
     <t>HIDDEN VALLEY HIDEAWAY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">11250 ANTLE LN  
 GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-016-830-0</t>
   </si>
   <si>
     <t xml:space="preserve">4544 BEACH RD  
-</t>
+GLOUSTER OH 45732</t>
   </si>
   <si>
     <t>050-016-910-0</t>
   </si>
   <si>
     <t>THORNBURG ELVIRA K</t>
   </si>
   <si>
     <t xml:space="preserve">PINE HILL DR  INLOT 69
 </t>
   </si>
   <si>
     <t>050-016-920-0</t>
   </si>
   <si>
     <t xml:space="preserve">PINE HILL DR  INLOT 70
 </t>
   </si>
   <si>
     <t>050-017-020-0</t>
   </si>
   <si>
     <t xml:space="preserve">BEACH RD  INLOT 8
 </t>
   </si>
@@ -1202,150 +1029,110 @@
   <si>
     <t>THOMPSON JAMES T II</t>
   </si>
   <si>
     <t>11200 DAVIS RD</t>
   </si>
   <si>
     <t>05010900</t>
   </si>
   <si>
     <t>MURPHY MICHAEL A</t>
   </si>
   <si>
     <t>4889 POUNDS RD</t>
   </si>
   <si>
     <t>05010970</t>
   </si>
   <si>
     <t>CERTAIN VICKI</t>
   </si>
   <si>
     <t>8235 POUNDS RD</t>
   </si>
   <si>
-    <t>05011000</t>
-[...7 lines deleted...]
-  <si>
     <t>05011200</t>
   </si>
   <si>
     <t>MASSIE GREGG</t>
   </si>
   <si>
     <t>065-000-010-0</t>
   </si>
   <si>
     <t>STUDNIARZ JOSEPH ANDREW</t>
   </si>
   <si>
     <t>TRIMBLE LSD</t>
   </si>
   <si>
     <t xml:space="preserve">10965 HOOPER RIDGE RD  SD 9
 </t>
   </si>
   <si>
-    <t>065-000-010-1</t>
-[...8 lines deleted...]
-  <si>
     <t>065-000-010-2</t>
   </si>
   <si>
     <t xml:space="preserve">HOOPER RIDGE RD  SD 46
 </t>
   </si>
   <si>
     <t>065-000-010-3</t>
   </si>
   <si>
     <t>STUDNIARZ J ANDREW</t>
   </si>
   <si>
     <t xml:space="preserve">HOOPER RIDGE RD SD 50
 </t>
   </si>
   <si>
     <t>065-000-020-1</t>
   </si>
   <si>
     <t>STUDNIARZ ANDREW J &amp; J ANDREW</t>
   </si>
   <si>
     <t xml:space="preserve">HOOPER RIDGE RD SD 41
 </t>
   </si>
   <si>
-    <t>065-000-140-0</t>
-[...5 lines deleted...]
-  <si>
     <t>065-000-150-4</t>
   </si>
   <si>
     <t>MILLS JOHN H &amp; TERESA C</t>
   </si>
   <si>
     <t xml:space="preserve">11033 HOOPER RIDGE RD  
 </t>
   </si>
   <si>
-    <t>065-000-151-3</t>
-[...6 lines deleted...]
-    <t>065-000-160-0</t>
+    <t>065-000-170-0</t>
   </si>
   <si>
     <t>SANDERS SALLY K</t>
-  </si>
-[...5 lines deleted...]
-    <t>065-000-170-0</t>
   </si>
   <si>
     <t xml:space="preserve">11111 HOOPER RIDGE RD  SD 24
 </t>
   </si>
   <si>
     <t>065-000-240-0</t>
   </si>
   <si>
     <t xml:space="preserve">10475 HOOPER RIDGE RD  SD 12
 </t>
   </si>
   <si>
     <t>065-000-250-0</t>
   </si>
   <si>
     <t xml:space="preserve">HOOPER RIDGE RD  SD 13
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1376,3400 +1163,2760 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F166" headerRowCount="1">
-  <autoFilter ref="A1:F166"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F134" headerRowCount="1">
+  <autoFilter ref="A1:F134"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9087&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28372&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9677&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9697&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=7838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8436&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=8999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9087&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9266&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28372&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28423&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=9697&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F166"/>
+  <dimension ref="A1:F134"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="58.163150787353516" customWidth="1"/>
     <col min="3" max="3" width="21.714405059814453" customWidth="1"/>
     <col min="4" max="4" width="24.505327224731445" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>17.68</v>
+        <v>9.61</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3">
-        <v>9.61</v>
+        <v>1.11</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>1.11</v>
+        <v>2970.34</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>18</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>0.59</v>
+        <v>427.58</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>0.12</v>
+        <v>1930.53</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D7" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="3">
-        <v>2970.34</v>
+        <v>3919.07</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>427.58</v>
+        <v>1160.53</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>18</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E9" s="3">
-        <v>1930.53</v>
+        <v>416.42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="E10" s="3">
-        <v>3919.07</v>
+        <v>4266.99</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E11" s="3">
-        <v>1460.53</v>
+        <v>372.91</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>37</v>
       </c>
       <c r="E12" s="3">
-        <v>416.42</v>
+        <v>182.07</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E13" s="3">
-        <v>4266.99</v>
+        <v>175.97</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E14" s="3">
-        <v>372.91</v>
+        <v>617.29</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E15" s="3">
-        <v>182.07</v>
+        <v>299.22</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E16" s="3">
-        <v>175.97</v>
+        <v>297.97</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E17" s="3">
-        <v>617.29</v>
+        <v>103.25</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E18" s="3">
-        <v>5.45</v>
+        <v>788.27</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E19" s="3">
-        <v>299.22</v>
+        <v>147.43</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>18</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E20" s="3">
-        <v>297.97</v>
+        <v>138.29</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E21" s="3">
-        <v>103.25</v>
+        <v>131.51</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E22" s="3">
-        <v>626.64</v>
+        <v>34.39</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>788.27</v>
+        <v>11517.15</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="E24" s="3">
-        <v>147.43</v>
+        <v>129.68</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>37</v>
       </c>
       <c r="E25" s="3">
-        <v>138.29</v>
+        <v>905.53</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E26" s="3">
-        <v>131.51</v>
+        <v>1604.91</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E27" s="3">
-        <v>34.39</v>
+        <v>679.76</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E28" s="3">
-        <v>11517.15</v>
+        <v>206.42</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="E29" s="3">
-        <v>129.68</v>
+        <v>6293.69</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>18</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E30" s="3">
-        <v>905.53</v>
+        <v>3.88</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>18</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E31" s="3">
-        <v>0.72</v>
+        <v>325.59</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E32" s="3">
-        <v>1604.91</v>
+        <v>48.52</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>18</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E33" s="3">
-        <v>679.76</v>
+        <v>4677.95</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E34" s="3">
-        <v>206.42</v>
+        <v>1122.17</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>94</v>
       </c>
       <c r="E35" s="3">
-        <v>3.88</v>
+        <v>174.91</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E36" s="3">
-        <v>13.49</v>
+        <v>72.39</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E37" s="3">
-        <v>1008.13</v>
+        <v>150.37</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>101</v>
       </c>
       <c r="E38" s="3">
-        <v>325.59</v>
+        <v>2347.81</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>102</v>
+        <v>59</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E39" s="3">
-        <v>48.52</v>
+        <v>4650.84</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>18</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>106</v>
       </c>
       <c r="E40" s="3">
-        <v>4677.95</v>
+        <v>893.56</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E41" s="3">
-        <v>1122.17</v>
+        <v>1673.63</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E42" s="3">
-        <v>3064.21</v>
+        <v>9303.16</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="E43" s="3">
-        <v>0.73</v>
+        <v>1468.06</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>0.73</v>
+        <v>1174.67</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E45" s="3">
-        <v>0.73</v>
+        <v>623.85</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E46" s="3">
-        <v>174.91</v>
+        <v>1896.69</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" s="3">
-        <v>72.39</v>
+        <v>1204.22</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>150.37</v>
+        <v>2397.83</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="3">
-        <v>2347.81</v>
+        <v>5133.27</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="3">
-        <v>4650.84</v>
+        <v>1190.88</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E51" s="3">
-        <v>893.56</v>
+        <v>224.92</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E52" s="3">
-        <v>1673.63</v>
+        <v>701.5</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E53" s="3">
-        <v>9303.16</v>
+        <v>8208.93</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E54" s="3">
-        <v>11.6</v>
+        <v>0.41</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>14</v>
+        <v>141</v>
       </c>
       <c r="E55" s="3">
-        <v>1468.06</v>
+        <v>0.72</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E56" s="3">
-        <v>1174.67</v>
+        <v>713.03</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E57" s="3">
-        <v>623.85</v>
+        <v>0.25</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="E58" s="3">
-        <v>1896.69</v>
+        <v>13.18</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="E59" s="3">
-        <v>1204.22</v>
+        <v>4.44</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="E60" s="3">
-        <v>2397.83</v>
+        <v>5335.64</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="E61" s="3">
-        <v>5133.27</v>
+        <v>14712.41</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E62" s="3">
-        <v>1190.88</v>
+        <v>13851.95</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="E63" s="3">
-        <v>224.92</v>
+        <v>11055.3</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E64" s="3">
-        <v>701.5</v>
+        <v>881.67</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="E65" s="3">
-        <v>133.41</v>
+        <v>8438.74</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E66" s="3">
-        <v>8408.93</v>
+        <v>15793.29</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E67" s="3">
-        <v>0.41</v>
+        <v>18053.14</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="E68" s="3">
-        <v>0.72</v>
+        <v>8.54</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="E69" s="3">
-        <v>713.03</v>
+        <v>0.33</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="E70" s="3">
-        <v>0.25</v>
+        <v>0.09</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E71" s="3">
-        <v>13.18</v>
+        <v>0.09</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B72" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="3">
-        <v>4.44</v>
+        <v>13.39</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E73" s="3">
-        <v>5335.64</v>
+        <v>35.5</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="3">
-        <v>14712.41</v>
+        <v>600.2</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E75" s="3">
-        <v>13851.95</v>
+        <v>412.74</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="B76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="E76" s="3">
-        <v>11055.3</v>
+        <v>66.45</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E77" s="3">
-        <v>881.67</v>
+        <v>1084.62</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="E78" s="3">
-        <v>8438.74</v>
+        <v>30.69</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E79" s="3">
-        <v>15793.29</v>
+        <v>5.89</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="E80" s="3">
-        <v>18053.14</v>
+        <v>66.45</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>169</v>
+        <v>202</v>
       </c>
       <c r="E81" s="3">
-        <v>8.54</v>
+        <v>14.82</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="E82" s="3">
-        <v>0.33</v>
+        <v>367.54</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>18</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E83" s="3">
-        <v>0.09</v>
+        <v>2144.99</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E84" s="3">
-        <v>0.09</v>
+        <v>9.75</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E85" s="3">
-        <v>193.39</v>
+        <v>108.79</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="E86" s="3">
-        <v>32.19</v>
+        <v>112.65</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="E87" s="3">
-        <v>32.19</v>
+        <v>111.11</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="E88" s="3">
-        <v>32.19</v>
+        <v>68.85</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>209</v>
+        <v>222</v>
       </c>
       <c r="E89" s="3">
-        <v>32.19</v>
+        <v>59.22</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="E90" s="3">
-        <v>193.39</v>
+        <v>85.35</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="B91" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="E91" s="3">
-        <v>13.39</v>
+        <v>33.37</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="E92" s="3">
-        <v>35.5</v>
+        <v>797.74</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>209</v>
+        <v>230</v>
       </c>
       <c r="E93" s="3">
-        <v>32.19</v>
+        <v>79.4</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>208</v>
+        <v>232</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>18</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E94" s="3">
-        <v>1745.77</v>
+        <v>112.76</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>208</v>
+        <v>234</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>209</v>
+        <v>235</v>
       </c>
       <c r="E95" s="3">
-        <v>32.19</v>
+        <v>642.49</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>209</v>
+        <v>238</v>
       </c>
       <c r="E96" s="3">
-        <v>193.39</v>
+        <v>9.69</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>227</v>
+        <v>240</v>
       </c>
       <c r="E97" s="3">
-        <v>600.2</v>
+        <v>26.88</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="E98" s="3">
-        <v>412.74</v>
+        <v>348.37</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>208</v>
+        <v>242</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>209</v>
+        <v>245</v>
       </c>
       <c r="E99" s="3">
-        <v>193.39</v>
+        <v>405.89</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="E100" s="3">
-        <v>66.45</v>
+        <v>112.89</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>236</v>
+        <v>249</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
       <c r="E101" s="3">
-        <v>1084.62</v>
+        <v>10.79</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>18</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E102" s="3">
-        <v>30.69</v>
+        <v>1711.49</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="E103" s="3">
-        <v>6.78</v>
+        <v>18.61</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E104" s="3">
-        <v>5.89</v>
+        <v>6.19</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>233</v>
+        <v>257</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>18</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E105" s="3">
-        <v>66.45</v>
+        <v>3074.32</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>233</v>
+        <v>259</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>18</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E106" s="3">
-        <v>14.82</v>
+        <v>2500.44</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>18</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E107" s="3">
-        <v>118.72</v>
+        <v>766.46</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>18</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>19</v>
       </c>
       <c r="E108" s="3">
-        <v>367.54</v>
+        <v>42.69</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E109" s="3">
-        <v>2144.99</v>
+        <v>112.76</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>18</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>268</v>
       </c>
       <c r="E110" s="3">
-        <v>9.75</v>
+        <v>4728.65</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>18</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>271</v>
       </c>
       <c r="E111" s="3">
-        <v>108.79</v>
+        <v>287.91</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>18</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>274</v>
       </c>
       <c r="E112" s="3">
-        <v>167.99</v>
+        <v>654.73</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>18</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>277</v>
       </c>
       <c r="E113" s="3">
-        <v>111.11</v>
+        <v>92.86</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>18</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>280</v>
       </c>
       <c r="E114" s="3">
-        <v>97.88</v>
+        <v>208.13</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>18</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>283</v>
       </c>
       <c r="E115" s="3">
-        <v>181.72</v>
+        <v>149.57</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>18</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>286</v>
       </c>
       <c r="E116" s="3">
-        <v>84.29</v>
+        <v>7369.15</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>18</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>289</v>
       </c>
       <c r="E117" s="3">
-        <v>121.5</v>
+        <v>857.44</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>265</v>
+        <v>291</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>18</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>292</v>
       </c>
       <c r="E118" s="3">
-        <v>39.84</v>
+        <v>660.94</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>262</v>
+        <v>294</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>18</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>295</v>
       </c>
       <c r="E119" s="3">
-        <v>797.74</v>
+        <v>6.94</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>262</v>
+        <v>297</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>18</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>298</v>
       </c>
       <c r="E120" s="3">
-        <v>79.4</v>
+        <v>128.79</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>23</v>
+        <v>301</v>
       </c>
       <c r="E121" s="3">
-        <v>112.76</v>
+        <v>786.64</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>18</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>304</v>
       </c>
       <c r="E122" s="3">
-        <v>642.49</v>
+        <v>1139.43</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>18</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>307</v>
       </c>
       <c r="E123" s="3">
-        <v>9.69</v>
+        <v>12.67</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>290</v>
+        <v>309</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>18</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>310</v>
       </c>
       <c r="E124" s="3">
-        <v>26.88</v>
+        <v>183.12</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>294</v>
+        <v>311</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>18</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>313</v>
       </c>
       <c r="E125" s="3">
-        <v>348.37</v>
+        <v>103.41</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>297</v>
+        <v>314</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>295</v>
+        <v>315</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>18</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>304</v>
       </c>
       <c r="E126" s="3">
-        <v>405.89</v>
+        <v>1607.55</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>299</v>
+        <v>316</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>287</v>
+        <v>317</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="E127" s="3">
-        <v>112.89</v>
+        <v>31.02</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>301</v>
+        <v>320</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="E128" s="3">
-        <v>10.79</v>
+        <v>3818.7</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>318</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>324</v>
       </c>
       <c r="E129" s="3">
-        <v>1711.49</v>
+        <v>49.95</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>302</v>
+        <v>326</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="E130" s="3">
-        <v>18.61</v>
+        <v>39.78</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>308</v>
+        <v>329</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>303</v>
+        <v>330</v>
       </c>
       <c r="E131" s="3">
-        <v>6.19</v>
+        <v>1621.87</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>309</v>
+        <v>331</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>310</v>
+        <v>332</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>318</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>333</v>
       </c>
       <c r="E132" s="3">
-        <v>3074.32</v>
+        <v>115.07</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>311</v>
+        <v>334</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>318</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>335</v>
       </c>
       <c r="E133" s="3">
-        <v>2500.44</v>
+        <v>2829.25</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>313</v>
+        <v>336</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>318</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>337</v>
       </c>
       <c r="E134" s="3">
-        <v>766.46</v>
+        <v>43</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>10</v>
-[...638 lines deleted...]
-      <c r="F166" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4864,64 +4011,32 @@
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
     <hyperlink ref="F119" r:id="rId119"/>
     <hyperlink ref="F120" r:id="rId120"/>
     <hyperlink ref="F121" r:id="rId121"/>
     <hyperlink ref="F122" r:id="rId122"/>
     <hyperlink ref="F123" r:id="rId123"/>
     <hyperlink ref="F124" r:id="rId124"/>
     <hyperlink ref="F125" r:id="rId125"/>
     <hyperlink ref="F126" r:id="rId126"/>
     <hyperlink ref="F127" r:id="rId127"/>
     <hyperlink ref="F128" r:id="rId128"/>
     <hyperlink ref="F129" r:id="rId129"/>
     <hyperlink ref="F130" r:id="rId130"/>
     <hyperlink ref="F131" r:id="rId131"/>
     <hyperlink ref="F132" r:id="rId132"/>
     <hyperlink ref="F133" r:id="rId133"/>
     <hyperlink ref="F134" r:id="rId134"/>
-    <hyperlink ref="F135" r:id="rId135"/>
-[...30 lines deleted...]
-    <hyperlink ref="F166" r:id="rId166"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>