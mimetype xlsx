--- v0 (2026-01-09)
+++ v1 (2026-03-05)
@@ -5,197 +5,140 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>040-000-290-2</t>
-[...2 lines deleted...]
-    <t>GAREY CHARLES D &amp; LESA L</t>
+    <t>040-000-350-3</t>
+  </si>
+  <si>
+    <t>ALTIER SHAWN M</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
-    <t xml:space="preserve">10545 OGG RD  
-CORNING OH 43730</t>
+    <t xml:space="preserve">9700 ST RT 37  
+MALTA OH 43758</t>
   </si>
   <si>
     <t>View</t>
-  </si>
-[...18 lines deleted...]
-MALTA OH 43758</t>
   </si>
   <si>
     <t>040-000-351-1</t>
   </si>
   <si>
     <t xml:space="preserve">ST RT 37  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-000-420-3</t>
   </si>
   <si>
     <t>WHISKY SAUER LLC</t>
   </si>
   <si>
     <t xml:space="preserve">STONEBURNER RD  
 CROOKSVILLE OH 43731</t>
   </si>
   <si>
     <t>040-000-420-5</t>
   </si>
   <si>
     <t>COPLAN IV JOHN L &amp; JILLIAN M COPLAN</t>
   </si>
   <si>
     <t xml:space="preserve">7113 STONEBURNER RD  
 CROOKSVILLE OH 43731</t>
   </si>
   <si>
-    <t>040-000-740-0</t>
-[...8 lines deleted...]
-  <si>
     <t>040-000-770-0</t>
   </si>
   <si>
     <t>MCCOY DICKIE LEE</t>
   </si>
   <si>
     <t xml:space="preserve">9470 BEAVER LN  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-000-930-0</t>
   </si>
   <si>
     <t>COLLINS LINDA S</t>
   </si>
   <si>
     <t xml:space="preserve">ST RT 555  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-000-960-0</t>
   </si>
   <si>
     <t>THOMAS ROBERT D &amp; ELIZABETH J</t>
   </si>
   <si>
     <t xml:space="preserve">10625 TRIADELPHIA RD  
-MALTA OH 43758</t>
-[...25 lines deleted...]
-    <t xml:space="preserve">2966 NEWLON RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-001-050-2</t>
   </si>
   <si>
     <t>BRYANT DENISE N</t>
   </si>
   <si>
     <t xml:space="preserve">NEWLON RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-001-050-3</t>
   </si>
   <si>
     <t>040-001-051-2</t>
   </si>
   <si>
     <t>DOUGHMAN MICHAEL R &amp; DESTINY A</t>
   </si>
   <si>
     <t xml:space="preserve">2471 NEWLON RD  
 MALTA OH 43758</t>
   </si>
@@ -274,177 +217,130 @@
   <si>
     <t>HAWKES TERRY &amp; KIMBERLY</t>
   </si>
   <si>
     <t xml:space="preserve">2510 PATTERSON LN  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-002-251-1</t>
   </si>
   <si>
     <t>PARKER GEORGE PAUL</t>
   </si>
   <si>
     <t xml:space="preserve">MOLLOHAN RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-002-251-2</t>
   </si>
   <si>
     <t xml:space="preserve">8039 MOLLAHAN RD  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>040-002-890-1</t>
-[...8 lines deleted...]
-  <si>
     <t>040-002-900-0</t>
   </si>
   <si>
     <t>MASTERSON ROY J</t>
   </si>
   <si>
     <t xml:space="preserve">BANKES RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-003-360-0</t>
   </si>
   <si>
     <t>MCELHINEY T E</t>
   </si>
   <si>
     <t xml:space="preserve">TRIADELPHIA RD  SD 1
 </t>
   </si>
   <si>
-    <t>040-003-600-0</t>
-[...18 lines deleted...]
-  <si>
     <t>04000390</t>
   </si>
   <si>
     <t>GERMAN RONALD D</t>
   </si>
   <si>
     <t>040-004-410-3</t>
   </si>
   <si>
     <t>RILEY SUZANNA M</t>
   </si>
   <si>
     <t xml:space="preserve">TRIADELPHIA RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-004-520-1</t>
   </si>
   <si>
     <t>NELSON CHANTELLE</t>
   </si>
   <si>
     <t xml:space="preserve">5110 PRICE RD  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>040-004-620-0</t>
-[...8 lines deleted...]
-  <si>
     <t>040-004-720-0</t>
   </si>
   <si>
     <t>COLLINS ALLIE A</t>
   </si>
   <si>
     <t xml:space="preserve">3500 N ST RT 555  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-004-860-0</t>
   </si>
   <si>
     <t>SANFORD HELEN BUTTON ET2AL</t>
   </si>
   <si>
     <t xml:space="preserve">LEMON HILL RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-004-950-1</t>
   </si>
   <si>
     <t>COLLINS RANDY M &amp; RYAN MATTHEW &amp; COURTNEY A COLLINS</t>
   </si>
   <si>
     <t xml:space="preserve">MORGANVILLE RD  
 MALTA OH 43758</t>
   </si>
   <si>
-    <t>040-005-200-0</t>
+    <t>040-005-210-0</t>
   </si>
   <si>
     <t>MILLER MARGARET E</t>
-  </si>
-[...5 lines deleted...]
-    <t>040-005-210-0</t>
   </si>
   <si>
     <t>040-005-450-1</t>
   </si>
   <si>
     <t>DUNN MARGARET A</t>
   </si>
   <si>
     <t xml:space="preserve">8540 TRIADELPHIA RD  
 MALTA OH 43758</t>
   </si>
   <si>
     <t>040-005-650-0</t>
   </si>
   <si>
     <t>STEIMER WILLIAM H</t>
   </si>
   <si>
     <t xml:space="preserve">10005 TRIADELPHIA RD  
 CROOKSVILLE OH 43731</t>
   </si>
   <si>
     <t>040-006-290-0</t>
   </si>
   <si>
@@ -524,117 +420,84 @@
   <si>
     <t>CHESAPEAKE APPALACHIA</t>
   </si>
   <si>
     <t>04001570</t>
   </si>
   <si>
     <t>THOMAS ROBERT</t>
   </si>
   <si>
     <t>04001580</t>
   </si>
   <si>
     <t>CAUDLE LAURA</t>
   </si>
   <si>
     <t>04010070</t>
   </si>
   <si>
     <t>DAVIS LORETTA K</t>
   </si>
   <si>
     <t>2440 NEWLON RD</t>
   </si>
   <si>
-    <t>04010270</t>
-[...7 lines deleted...]
-  <si>
     <t>04010300</t>
   </si>
   <si>
     <t>ELLIS DESTINEY &amp; MICHAEL DOUGHMAN</t>
   </si>
   <si>
     <t>2287 NEWLON RD</t>
   </si>
   <si>
     <t>04010310</t>
   </si>
   <si>
     <t>FIRST MANUFACTURED HOUSING CREDIT CORP C/O JANITH MOORE</t>
   </si>
   <si>
     <t>2288 STONEY POINT RD</t>
   </si>
   <si>
-    <t>04010380</t>
-[...4 lines deleted...]
-  <si>
     <t>04010420</t>
   </si>
   <si>
     <t>WARD BILL</t>
   </si>
   <si>
     <t>2471 NEWLON RD</t>
   </si>
   <si>
-    <t>04010430</t>
-[...10 lines deleted...]
-  <si>
     <t>04010560</t>
   </si>
   <si>
     <t>MCINTYRE MADALINE J</t>
   </si>
   <si>
     <t>11000 OGG RD</t>
-  </si>
-[...4 lines deleted...]
-    <t>2600 NEWLON RD</t>
   </si>
   <si>
     <t>04010890</t>
   </si>
   <si>
     <t>THOMAS MICHELLE E</t>
   </si>
   <si>
     <t xml:space="preserve">10629 TRIADELPHIA RD  \</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -656,1440 +519,1100 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F68" headerRowCount="1">
-  <autoFilter ref="A1:F68"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F51" headerRowCount="1">
+  <autoFilter ref="A1:F51"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5926&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28206&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5281&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31578&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5607&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=5965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=6983&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=28206&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F68"/>
+  <dimension ref="A1:F51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="66.81214904785156" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="23.72268295288086" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>960.68</v>
+        <v>2841.96</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" s="3">
-        <v>7461.58</v>
+        <v>273.5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" s="3">
-        <v>3341.96</v>
+        <v>659.81</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="3">
-        <v>323.5</v>
+        <v>752.46</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="3">
-        <v>659.81</v>
+        <v>274.23</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>752.46</v>
+        <v>427.24</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>0.8</v>
+        <v>1285.35</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>274.23</v>
+        <v>103.77</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E10" s="3">
-        <v>427.24</v>
+        <v>27.92</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" s="3">
-        <v>1285.35</v>
+        <v>58.68</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="3">
-        <v>322.93</v>
+        <v>92.69</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E13" s="3">
-        <v>271.48</v>
+        <v>542.77</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="E14" s="3">
-        <v>242.78</v>
+        <v>263.02</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E15" s="3">
-        <v>103.77</v>
+        <v>138.12</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>27.92</v>
+        <v>2136.22</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>58.68</v>
+        <v>210.04</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="3">
-        <v>792.69</v>
+        <v>1593.56</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="3">
-        <v>542.77</v>
+        <v>189.88</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="E20" s="3">
-        <v>263.02</v>
+        <v>622.74</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E21" s="3">
-        <v>138.12</v>
+        <v>406.66</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="3">
-        <v>2136.22</v>
+        <v>541.37</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>410.04</v>
+        <v>454.85</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="3">
-        <v>1593.56</v>
+        <v>900.94</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="E25" s="3">
-        <v>189.88</v>
+        <v>64.67</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="3">
-        <v>622.74</v>
+        <v>0.02</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="3">
-        <v>406.66</v>
+        <v>1044.56</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="3">
-        <v>541.37</v>
+        <v>453.49</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="3">
-        <v>1328.83</v>
+        <v>503.26</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="3">
-        <v>454.85</v>
+        <v>852.78</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="E31" s="3">
-        <v>900.94</v>
+        <v>36.55</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="3">
-        <v>207.81</v>
+        <v>848.83</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E33" s="3">
-        <v>310.18</v>
+        <v>3719.1</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E34" s="3">
-        <v>6.76</v>
+        <v>1621.03</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D35" s="0" t="s">
-        <v>72</v>
+      <c r="D35" s="1" t="s">
+        <v>100</v>
       </c>
       <c r="E35" s="3">
-        <v>64.67</v>
+        <v>1634.31</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E36" s="3">
-        <v>0.02</v>
+        <v>2021.99</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E37" s="3">
-        <v>1044.56</v>
+        <v>2021.99</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D38" s="1" t="s">
-        <v>106</v>
+      <c r="D38" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E38" s="3">
-        <v>52.59</v>
+        <v>813.42</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D39" s="1" t="s">
-        <v>109</v>
+      <c r="D39" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E39" s="3">
-        <v>453.49</v>
+        <v>2882.92</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D40" s="1" t="s">
-        <v>112</v>
+      <c r="D40" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E40" s="3">
-        <v>503.26</v>
+        <v>1606.81</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E41" s="3">
-        <v>852.78</v>
+        <v>3.31</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D42" s="1" t="s">
-        <v>118</v>
+      <c r="D42" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E42" s="3">
-        <v>2074.66</v>
+        <v>3648.13</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="E43" s="3">
-        <v>36.55</v>
+        <v>3.97</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D44" s="1" t="s">
-        <v>122</v>
+      <c r="D44" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E44" s="3">
-        <v>848.83</v>
+        <v>2932.37</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D45" s="1" t="s">
-        <v>125</v>
+      <c r="D45" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E45" s="3">
-        <v>3719.1</v>
+        <v>2500.44</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="3">
-        <v>1621.03</v>
+        <v>293.92</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="3">
-        <v>1634.31</v>
+        <v>1325.94</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>2021.99</v>
+        <v>279.87</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="3">
-        <v>2021.99</v>
+        <v>128.07</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" s="3">
-        <v>813.42</v>
+        <v>454.79</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="3">
-        <v>2882.92</v>
+        <v>305.75</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>10</v>
-[...338 lines deleted...]
-      <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2101,49 +1624,32 @@
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
-    <hyperlink ref="F52" r:id="rId52"/>
-[...15 lines deleted...]
-    <hyperlink ref="F68" r:id="rId68"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>