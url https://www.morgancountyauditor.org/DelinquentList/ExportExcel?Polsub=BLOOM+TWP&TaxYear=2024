--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -5,381 +5,351 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>010-000-690-5</t>
   </si>
   <si>
     <t>STACE STEVEN M</t>
   </si>
   <si>
     <t>MORGAN LSD</t>
   </si>
   <si>
-    <t xml:space="preserve">8105 S R 669  
-</t>
+    <t xml:space="preserve">8105 N ST RT 669  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>010-000-850-0</t>
   </si>
   <si>
     <t>VICKERS JAMES R II &amp; HANNAH R</t>
   </si>
   <si>
     <t xml:space="preserve">9193 N ST RT 669  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-000-860-0</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 669  SD 75
-</t>
+    <t xml:space="preserve">ST RT 669  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-000-870-0</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 669  SD 76
-[...2 lines deleted...]
-  <si>
     <t>010-000-961-1</t>
   </si>
   <si>
     <t>BURCHETTE BENJAMIN</t>
   </si>
   <si>
     <t xml:space="preserve">BUTTERMILK HILL RD  
-</t>
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-001-200-0</t>
   </si>
   <si>
     <t>WISECARVER WILLIAM WALTER</t>
   </si>
   <si>
-    <t xml:space="preserve">8258 S R 60  SD 37
-</t>
+    <t xml:space="preserve">ST RT 60  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-001-210-0</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 60  SD 36
-</t>
+    <t xml:space="preserve">8258 N ST RT 60  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-001-230-0</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>01000230</t>
   </si>
   <si>
     <t>WILSON JR JAMES C</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>010-002-520-0</t>
   </si>
   <si>
     <t>HEMRY CHERYL ANN</t>
   </si>
   <si>
     <t xml:space="preserve">7150 BUTTERMILK HILL RD  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-003-080-0</t>
   </si>
   <si>
     <t>PARRETT JOSHUA &amp; DIAMOND</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 60  
-</t>
+    <t xml:space="preserve">6043 N ST RT 60  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-003-200-1</t>
   </si>
   <si>
     <t>SPURLOCK DOUGLAS V &amp; TINA M</t>
   </si>
   <si>
-    <t xml:space="preserve">6984 DURBIN LN SD 32
-</t>
+    <t xml:space="preserve">ST RT 376  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-003-210-0</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 376  
-[...9 lines deleted...]
-    <t xml:space="preserve">9595 N RIVER RD  
+    <t xml:space="preserve">6984 DURBIN LN  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>01000410</t>
   </si>
   <si>
     <t>SMITH KEITH &amp; TERRI</t>
   </si>
   <si>
     <t>5750 POUNDS RD</t>
   </si>
   <si>
     <t>010-004-851-1</t>
   </si>
   <si>
     <t>ROBINETTE THEODORE A &amp; LANA C</t>
   </si>
   <si>
-    <t xml:space="preserve">10190 GREER RD  LOT 26
-</t>
+    <t xml:space="preserve">10190 GREER RD  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-004-861-5</t>
   </si>
   <si>
     <t>ROBINETTE THEODORE A</t>
   </si>
   <si>
     <t xml:space="preserve">10175 GREER RD  
-</t>
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-004-861-8</t>
   </si>
   <si>
     <t>ROBINETTE THEODORE</t>
   </si>
   <si>
-    <t xml:space="preserve">10144 GREER RD  LOT 27
-</t>
+    <t xml:space="preserve">10144 GREER RD  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-005-600-0</t>
   </si>
   <si>
     <t>DICKINSON CHARLOTTE A &amp; TERRY L</t>
   </si>
   <si>
     <t xml:space="preserve">6424 N ST RT 60  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-005-610-0</t>
   </si>
   <si>
-    <t xml:space="preserve">6424 S R 60  SD 82
-</t>
+    <t xml:space="preserve">N ST RT 60  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-005-750-0</t>
   </si>
   <si>
     <t>HILL GLENN H &amp; DARLENE C</t>
   </si>
   <si>
-    <t xml:space="preserve">ST RT 60  
+    <t>01000640</t>
+  </si>
+  <si>
+    <t>MOORE BEVERLY A</t>
+  </si>
+  <si>
+    <t>010-006-480-0</t>
+  </si>
+  <si>
+    <t>MICHAEL JOSHUA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7438 N ST RT 669  
 MCCONNELSVILLE OH 43756</t>
-  </si>
-[...14 lines deleted...]
-</t>
   </si>
   <si>
     <t>010-006-500-1</t>
   </si>
   <si>
     <t>HART CHARLES &amp; LISA ANN PANZONE GISH ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">7581 N ST RT 669  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-006-990-0</t>
   </si>
   <si>
     <t>SIX DAWN R</t>
   </si>
   <si>
-    <t xml:space="preserve">6310 S R 60  SD 39
-</t>
+    <t xml:space="preserve">6310 N ST RT 60  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-007-000-0</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>01000720</t>
   </si>
   <si>
     <t>STICKLE DWIGHT L</t>
   </si>
   <si>
     <t>010-007-480-0</t>
   </si>
   <si>
     <t>CAIN CARLOS C JR &amp; VERONICA L ROBINSON C/O CARLOS C CAIN JR</t>
   </si>
   <si>
     <t xml:space="preserve">8761 N ST RT 60  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-007-490-0</t>
   </si>
   <si>
     <t xml:space="preserve">8765 N ST RT 60  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-007-500-0</t>
   </si>
   <si>
     <t>CAIN CARLOS C JR &amp; VERONICA L ROBINSON C/O CARLOS CAIN JR</t>
   </si>
   <si>
     <t>010-008-340-0</t>
   </si>
   <si>
     <t>010-008-350-0</t>
   </si>
   <si>
     <t>010-008-360-0</t>
   </si>
   <si>
     <t>010-008-820-0</t>
   </si>
   <si>
     <t>WALLACE ROBIN R</t>
   </si>
   <si>
-    <t xml:space="preserve">S R 60  INLOT 6 #1 ADDI
-</t>
+    <t xml:space="preserve">10595 N ST RT 60  
+MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>010-008-910-0</t>
   </si>
   <si>
     <t>ELMORE JASON D</t>
   </si>
   <si>
     <t xml:space="preserve">6611 N ST RT 60  
 MCCONNELSVILLE OH 43756</t>
   </si>
   <si>
     <t>01000910</t>
   </si>
   <si>
     <t>ROBERTS DUANE E &amp; CANDY</t>
   </si>
   <si>
     <t>010-009-550-1</t>
   </si>
   <si>
     <t>010-009-590-0</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>010-009-750-0</t>
   </si>
   <si>
     <t>AM-TEK OIL INC</t>
   </si>
   <si>
     <t xml:space="preserve">** NOT ON FILE **  
 </t>
   </si>
   <si>
     <t>010-009-760-0</t>
   </si>
   <si>
     <t>010-009-790-0</t>
   </si>
   <si>
     <t>010-009-800-0</t>
   </si>
   <si>
     <t>01001010</t>
   </si>
   <si>
     <t>DEMENT JERI C</t>
@@ -675,1640 +645,1620 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F78" headerRowCount="1">
-  <autoFilter ref="A1:F78"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F77" headerRowCount="1">
+  <autoFilter ref="A1:F77"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=94&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27754&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27862&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=94&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=31628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/RealEstate/Index?Property_ID=1328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27754&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.morgancountyauditor.org/ManufacturedHome?Property_ID=27862&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F78"/>
+  <dimension ref="A1:F77"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="60.297264099121094" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="23.695058822631836" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>5978.19</v>
+        <v>6137.6</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>105.6</v>
+        <v>108.42</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>112.51</v>
+        <v>115.51</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3">
-        <v>106.82</v>
+        <v>109.67</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>2.38</v>
+        <v>2.44</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>2307.94</v>
+        <v>2369.49</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" s="3">
-        <v>21.15</v>
+        <v>21.71</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>40.77</v>
+        <v>41.86</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>3698.12</v>
+        <v>3796.72</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" s="3">
-        <v>764.32</v>
+        <v>784.7</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="3">
-        <v>747.92</v>
+        <v>767.86</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E13" s="3">
-        <v>6557.24</v>
+        <v>6732.09</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E14" s="3">
-        <v>633.4</v>
+        <v>650.29</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" s="3">
-        <v>617.03</v>
+        <v>2102.3</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>2047.71</v>
+        <v>1369.67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>1334.09</v>
+        <v>386.85</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="3">
-        <v>376.81</v>
+        <v>897.65</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="3">
-        <v>874.34</v>
+        <v>480.91</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E20" s="3">
-        <v>468.42</v>
+        <v>309.6</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="E21" s="3">
-        <v>301.56</v>
+        <v>646.92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D22" s="1" t="s">
-        <v>64</v>
+      <c r="D22" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="E22" s="3">
-        <v>630.12</v>
+        <v>1312.5</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D23" s="0" t="s">
-        <v>30</v>
+      <c r="D23" s="1" t="s">
+        <v>63</v>
       </c>
       <c r="E23" s="3">
-        <v>1278.42</v>
+        <v>959.65</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E24" s="3">
-        <v>934.74</v>
+        <v>352.9</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="E25" s="3">
-        <v>343.73</v>
+        <v>4049.72</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="E26" s="3">
-        <v>3944.54</v>
+        <v>2757.06</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D27" s="1" t="s">
-        <v>77</v>
+      <c r="D27" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="E27" s="3">
-        <v>2685.44</v>
+        <v>3031.63</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D28" s="0" t="s">
-        <v>30</v>
+      <c r="D28" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="E28" s="3">
-        <v>2952.9</v>
+        <v>203.58</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="E29" s="3">
-        <v>198.3</v>
+        <v>809.95</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="E30" s="3">
-        <v>788.91</v>
+        <v>42.67</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E31" s="3">
-        <v>41.57</v>
+        <v>179.54</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E32" s="3">
-        <v>174.88</v>
+        <v>179.54</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E33" s="3">
-        <v>174.88</v>
+        <v>173.82</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="E34" s="3">
-        <v>169.31</v>
+        <v>1308.84</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E35" s="3">
-        <v>1274.87</v>
+        <v>170.37</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D36" s="1" t="s">
-        <v>95</v>
+      <c r="D36" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="E36" s="3">
-        <v>165.95</v>
+        <v>2866.54</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D37" s="0" t="s">
-        <v>30</v>
+      <c r="D37" s="1" t="s">
+        <v>19</v>
       </c>
       <c r="E37" s="3">
-        <v>2792.1</v>
+        <v>6.62</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E38" s="3">
-        <v>6.45</v>
+        <v>155.57</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E39" s="3">
-        <v>151.53</v>
+        <v>2.31</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="E40" s="3">
-        <v>2.25</v>
+        <v>2.31</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="E41" s="3">
-        <v>2.25</v>
+        <v>2.31</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="E42" s="3">
-        <v>2.25</v>
+        <v>2.31</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D43" s="1" t="s">
-        <v>103</v>
+      <c r="D43" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="E43" s="3">
-        <v>2.25</v>
+        <v>3987.99</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E44" s="3">
-        <v>3884.42</v>
+        <v>566.27</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E45" s="3">
-        <v>551.57</v>
+        <v>1617.66</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E46" s="3">
-        <v>1575.64</v>
+        <v>3992.07</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E47" s="3">
-        <v>3888.42</v>
+        <v>2102.3</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E48" s="3">
-        <v>2047.71</v>
+        <v>2478.61</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>30</v>
+        <v>113</v>
       </c>
       <c r="E49" s="3">
-        <v>2414.25</v>
+        <v>138.97</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="E50" s="3">
-        <v>135.36</v>
+        <v>1542.76</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E51" s="3">
-        <v>1502.7</v>
+        <v>4058.81</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E52" s="3">
-        <v>3953.36</v>
+        <v>2457.75</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E53" s="3">
-        <v>2393.93</v>
+        <v>814.41</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E54" s="3">
-        <v>793.26</v>
+        <v>2102.3</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E55" s="3">
-        <v>2047.71</v>
+        <v>135</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E56" s="3">
-        <v>131.5</v>
+        <v>184.21</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="E57" s="3">
-        <v>179.42</v>
+        <v>209.73</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="E58" s="3">
-        <v>204.28</v>
+        <v>324.18</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="E59" s="3">
-        <v>315.76</v>
+        <v>19565.51</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E60" s="3">
-        <v>19057.3</v>
+        <v>55.27</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="E61" s="3">
-        <v>53.82</v>
+        <v>4367.29</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E62" s="3">
-        <v>4253.85</v>
+        <v>117.45</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="E63" s="3">
-        <v>114.4</v>
+        <v>204.48</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E64" s="3">
-        <v>199.17</v>
+        <v>185.48</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="E65" s="3">
-        <v>180.66</v>
+        <v>82.09</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E66" s="3">
-        <v>79.96</v>
+        <v>42.41</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="E67" s="3">
-        <v>41.31</v>
+        <v>1204.12</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E68" s="3">
-        <v>1172.84</v>
+        <v>723.27</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="E69" s="3">
-        <v>704.48</v>
+        <v>8.37</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="E70" s="3">
-        <v>8.15</v>
+        <v>215.11</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E71" s="3">
-        <v>209.51</v>
+        <v>237.84</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E72" s="3">
-        <v>231.66</v>
+        <v>86.94</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>180</v>
+        <v>47</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="E73" s="3">
-        <v>84.68</v>
+        <v>14.37</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>52</v>
+        <v>177</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>183</v>
+        <v>129</v>
       </c>
       <c r="E74" s="3">
-        <v>14</v>
+        <v>215.11</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>137</v>
+        <v>180</v>
       </c>
       <c r="E75" s="3">
-        <v>209.51</v>
+        <v>0.69</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="E76" s="3">
-        <v>0.67</v>
+        <v>159.82</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="E77" s="3">
-        <v>155.67</v>
+        <v>46.03</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2346,33 +2296,32 @@
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
-    <hyperlink ref="F78" r:id="rId78"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>